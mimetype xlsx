--- v0 (2025-10-18)
+++ v1 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1763">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1761">
   <si>
     <t>nik</t>
   </si>
   <si>
     <t>nama</t>
   </si>
   <si>
     <t>nama_rombel</t>
   </si>
   <si>
     <t>norek</t>
   </si>
   <si>
     <t>is_kjp</t>
   </si>
   <si>
     <t>update_date_kjp</t>
   </si>
   <si>
     <t>tolak_date_kjp</t>
   </si>
   <si>
     <t>alsan_tolak_kjp</t>
   </si>
   <si>
@@ -173,56 +173,50 @@
   <si>
     <t>7371120101100003</t>
   </si>
   <si>
     <t>JAYTRA TRI ANANTA</t>
   </si>
   <si>
     <t>3175086607091002</t>
   </si>
   <si>
     <t>JIHAN ALIFAH RAHMA</t>
   </si>
   <si>
     <t>3175012301100002</t>
   </si>
   <si>
     <t>JORDAN WIBISONO ARIFIANTO</t>
   </si>
   <si>
     <t>3275061803100002</t>
   </si>
   <si>
     <t>JORGE MARTEN GINTING</t>
   </si>
   <si>
-    <t>3175034406091001</t>
-[...4 lines deleted...]
-  <si>
     <t>6372024307100002</t>
   </si>
   <si>
     <t>LISA ANGELINA BR SITINJAK</t>
   </si>
   <si>
     <t>3175012504100001</t>
   </si>
   <si>
     <t>Mohammad Rashad Akbar Hafiz</t>
   </si>
   <si>
     <t>3175031503090010</t>
   </si>
   <si>
     <t>MUHAMMAD DAFA ALFIAN</t>
   </si>
   <si>
     <t>3175030709090004</t>
   </si>
   <si>
     <t>MUHAMMAD SALMAN FARIS</t>
   </si>
   <si>
     <t>3175074707101007</t>
@@ -1412,51 +1406,51 @@
   <si>
     <t>ARIMBI KHAYLA PRAMESWARI</t>
   </si>
   <si>
     <t>3175074706101004</t>
   </si>
   <si>
     <t>CALLYSTA AMELIA ZAHRAN</t>
   </si>
   <si>
     <t>3175086703101005</t>
   </si>
   <si>
     <t>CETTA SADINA SHAFIRA</t>
   </si>
   <si>
     <t>3209116404090001</t>
   </si>
   <si>
     <t>DIKA ABIYASA INAYAH</t>
   </si>
   <si>
     <t>3175080912080003</t>
   </si>
   <si>
-    <t>DIRK DANIEL ANGELLO LUMENTA</t>
+    <t>Dirk Daniel Angello Lumenta</t>
   </si>
   <si>
     <t>3175084409101004</t>
   </si>
   <si>
     <t>Elisabeth Honesty Kurniaty Sidabutar</t>
   </si>
   <si>
     <t>3175071702091005</t>
   </si>
   <si>
     <t>FAIZ SYAHPUTRA</t>
   </si>
   <si>
     <t>3175030207100004</t>
   </si>
   <si>
     <t>GEORGE MATTHEW SIHALOHO</t>
   </si>
   <si>
     <t>3175034105101004</t>
   </si>
   <si>
     <t>Gianina Carla Zaneta Tarigan</t>
   </si>
@@ -5648,51 +5642,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H862"/>
+  <dimension ref="A1:H861"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -6255,14943 +6249,14927 @@
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>77</v>
       </c>
       <c r="B36" t="s">
         <v>78</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36"/>
       <c r="G36"/>
       <c r="H36"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>79</v>
       </c>
       <c r="B37" t="s">
         <v>80</v>
       </c>
       <c r="C37" t="s">
-        <v>10</v>
+        <v>81</v>
       </c>
       <c r="D37"/>
       <c r="E37"/>
       <c r="F37"/>
       <c r="G37"/>
       <c r="H37"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
+        <v>82</v>
+      </c>
+      <c r="B38" t="s">
+        <v>83</v>
+      </c>
+      <c r="C38" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>83</v>
       </c>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38"/>
       <c r="G38"/>
       <c r="H38"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>84</v>
       </c>
       <c r="B39" t="s">
         <v>85</v>
       </c>
       <c r="C39" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39"/>
       <c r="G39"/>
       <c r="H39"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>86</v>
       </c>
       <c r="B40" t="s">
         <v>87</v>
       </c>
       <c r="C40" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40"/>
       <c r="G40"/>
       <c r="H40"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>88</v>
       </c>
       <c r="B41" t="s">
         <v>89</v>
       </c>
       <c r="C41" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41"/>
       <c r="G41"/>
       <c r="H41"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>90</v>
       </c>
       <c r="B42" t="s">
         <v>91</v>
       </c>
       <c r="C42" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42"/>
       <c r="G42"/>
       <c r="H42"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>92</v>
       </c>
       <c r="B43" t="s">
         <v>93</v>
       </c>
       <c r="C43" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43"/>
       <c r="G43"/>
       <c r="H43"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>94</v>
       </c>
       <c r="B44" t="s">
         <v>95</v>
       </c>
       <c r="C44" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44"/>
       <c r="G44"/>
       <c r="H44"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>96</v>
       </c>
       <c r="B45" t="s">
         <v>97</v>
       </c>
       <c r="C45" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45"/>
       <c r="G45"/>
       <c r="H45"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>98</v>
       </c>
       <c r="B46" t="s">
         <v>99</v>
       </c>
       <c r="C46" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46"/>
       <c r="G46"/>
       <c r="H46"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>100</v>
       </c>
       <c r="B47" t="s">
         <v>101</v>
       </c>
       <c r="C47" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47"/>
       <c r="G47"/>
       <c r="H47"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>102</v>
       </c>
       <c r="B48" t="s">
         <v>103</v>
       </c>
       <c r="C48" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48"/>
       <c r="G48"/>
       <c r="H48"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>104</v>
       </c>
       <c r="B49" t="s">
         <v>105</v>
       </c>
       <c r="C49" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49"/>
       <c r="G49"/>
       <c r="H49"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>106</v>
       </c>
       <c r="B50" t="s">
         <v>107</v>
       </c>
       <c r="C50" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50"/>
       <c r="G50"/>
       <c r="H50"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>108</v>
       </c>
       <c r="B51" t="s">
         <v>109</v>
       </c>
       <c r="C51" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D51"/>
       <c r="E51"/>
       <c r="F51"/>
       <c r="G51"/>
       <c r="H51"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>110</v>
       </c>
       <c r="B52" t="s">
         <v>111</v>
       </c>
       <c r="C52" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D52"/>
       <c r="E52"/>
       <c r="F52"/>
       <c r="G52"/>
       <c r="H52"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>112</v>
       </c>
       <c r="B53" t="s">
         <v>113</v>
       </c>
       <c r="C53" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53"/>
       <c r="G53"/>
       <c r="H53"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>114</v>
       </c>
       <c r="B54" t="s">
         <v>115</v>
       </c>
       <c r="C54" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D54"/>
       <c r="E54"/>
       <c r="F54"/>
       <c r="G54"/>
       <c r="H54"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>116</v>
       </c>
       <c r="B55" t="s">
         <v>117</v>
       </c>
       <c r="C55" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D55"/>
       <c r="E55"/>
       <c r="F55"/>
       <c r="G55"/>
       <c r="H55"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>118</v>
       </c>
       <c r="B56" t="s">
         <v>119</v>
       </c>
       <c r="C56" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56"/>
       <c r="G56"/>
       <c r="H56"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>120</v>
       </c>
       <c r="B57" t="s">
         <v>121</v>
       </c>
       <c r="C57" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57"/>
       <c r="G57"/>
       <c r="H57"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>122</v>
       </c>
       <c r="B58" t="s">
         <v>123</v>
       </c>
       <c r="C58" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58"/>
       <c r="G58"/>
       <c r="H58"/>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>124</v>
       </c>
       <c r="B59" t="s">
         <v>125</v>
       </c>
       <c r="C59" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59"/>
       <c r="G59"/>
       <c r="H59"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>126</v>
       </c>
       <c r="B60" t="s">
         <v>127</v>
       </c>
       <c r="C60" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D60"/>
       <c r="E60"/>
       <c r="F60"/>
       <c r="G60"/>
       <c r="H60"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>128</v>
       </c>
       <c r="B61" t="s">
         <v>129</v>
       </c>
       <c r="C61" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D61"/>
       <c r="E61"/>
       <c r="F61"/>
       <c r="G61"/>
       <c r="H61"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>130</v>
       </c>
       <c r="B62" t="s">
         <v>131</v>
       </c>
       <c r="C62" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62"/>
       <c r="G62"/>
       <c r="H62"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>132</v>
       </c>
       <c r="B63" t="s">
         <v>133</v>
       </c>
       <c r="C63" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D63"/>
       <c r="E63"/>
       <c r="F63"/>
       <c r="G63"/>
       <c r="H63"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>134</v>
       </c>
       <c r="B64" t="s">
         <v>135</v>
       </c>
       <c r="C64" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D64"/>
       <c r="E64"/>
       <c r="F64"/>
       <c r="G64"/>
       <c r="H64"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>136</v>
       </c>
       <c r="B65" t="s">
         <v>137</v>
       </c>
       <c r="C65" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D65"/>
       <c r="E65"/>
       <c r="F65"/>
       <c r="G65"/>
       <c r="H65"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>138</v>
       </c>
       <c r="B66" t="s">
         <v>139</v>
       </c>
       <c r="C66" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D66"/>
       <c r="E66"/>
       <c r="F66"/>
       <c r="G66"/>
       <c r="H66"/>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>140</v>
       </c>
       <c r="B67" t="s">
         <v>141</v>
       </c>
       <c r="C67" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D67"/>
       <c r="E67"/>
       <c r="F67"/>
       <c r="G67"/>
       <c r="H67"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>142</v>
       </c>
       <c r="B68" t="s">
         <v>143</v>
       </c>
       <c r="C68" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68"/>
       <c r="G68"/>
       <c r="H68"/>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>144</v>
       </c>
       <c r="B69" t="s">
         <v>145</v>
       </c>
       <c r="C69" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D69"/>
       <c r="E69"/>
       <c r="F69"/>
       <c r="G69"/>
       <c r="H69"/>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>146</v>
       </c>
       <c r="B70" t="s">
         <v>147</v>
       </c>
       <c r="C70" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D70"/>
       <c r="E70"/>
       <c r="F70"/>
       <c r="G70"/>
       <c r="H70"/>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>148</v>
       </c>
       <c r="B71" t="s">
         <v>149</v>
       </c>
       <c r="C71" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71"/>
       <c r="G71"/>
       <c r="H71"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>150</v>
       </c>
       <c r="B72" t="s">
         <v>151</v>
       </c>
       <c r="C72" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72"/>
       <c r="G72"/>
       <c r="H72"/>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>152</v>
       </c>
       <c r="B73" t="s">
         <v>153</v>
       </c>
       <c r="C73" t="s">
-        <v>83</v>
+        <v>154</v>
       </c>
       <c r="D73"/>
       <c r="E73"/>
       <c r="F73"/>
       <c r="G73"/>
       <c r="H73"/>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
+        <v>155</v>
+      </c>
+      <c r="B74" t="s">
+        <v>156</v>
+      </c>
+      <c r="C74" t="s">
         <v>154</v>
-      </c>
-[...4 lines deleted...]
-        <v>156</v>
       </c>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74"/>
       <c r="G74"/>
       <c r="H74"/>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>157</v>
       </c>
       <c r="B75" t="s">
         <v>158</v>
       </c>
       <c r="C75" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75"/>
       <c r="G75"/>
       <c r="H75"/>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>159</v>
       </c>
       <c r="B76" t="s">
         <v>160</v>
       </c>
       <c r="C76" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D76"/>
       <c r="E76"/>
       <c r="F76"/>
       <c r="G76"/>
       <c r="H76"/>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>161</v>
       </c>
       <c r="B77" t="s">
         <v>162</v>
       </c>
       <c r="C77" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D77"/>
       <c r="E77"/>
       <c r="F77"/>
       <c r="G77"/>
       <c r="H77"/>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>163</v>
       </c>
       <c r="B78" t="s">
         <v>164</v>
       </c>
       <c r="C78" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D78"/>
       <c r="E78"/>
       <c r="F78"/>
       <c r="G78"/>
       <c r="H78"/>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>165</v>
       </c>
       <c r="B79" t="s">
         <v>166</v>
       </c>
       <c r="C79" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D79"/>
       <c r="E79"/>
       <c r="F79"/>
       <c r="G79"/>
       <c r="H79"/>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>167</v>
       </c>
       <c r="B80" t="s">
         <v>168</v>
       </c>
       <c r="C80" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D80"/>
       <c r="E80"/>
       <c r="F80"/>
       <c r="G80"/>
       <c r="H80"/>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>169</v>
       </c>
       <c r="B81" t="s">
         <v>170</v>
       </c>
       <c r="C81" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D81"/>
       <c r="E81"/>
       <c r="F81"/>
       <c r="G81"/>
       <c r="H81"/>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>171</v>
       </c>
       <c r="B82" t="s">
         <v>172</v>
       </c>
       <c r="C82" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D82"/>
       <c r="E82"/>
       <c r="F82"/>
       <c r="G82"/>
       <c r="H82"/>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>173</v>
       </c>
       <c r="B83" t="s">
         <v>174</v>
       </c>
       <c r="C83" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D83"/>
       <c r="E83"/>
       <c r="F83"/>
       <c r="G83"/>
       <c r="H83"/>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>175</v>
       </c>
       <c r="B84" t="s">
         <v>176</v>
       </c>
       <c r="C84" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D84"/>
       <c r="E84"/>
       <c r="F84"/>
       <c r="G84"/>
       <c r="H84"/>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>177</v>
       </c>
       <c r="B85" t="s">
         <v>178</v>
       </c>
       <c r="C85" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D85"/>
       <c r="E85"/>
       <c r="F85"/>
       <c r="G85"/>
       <c r="H85"/>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>179</v>
       </c>
       <c r="B86" t="s">
         <v>180</v>
       </c>
       <c r="C86" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D86"/>
       <c r="E86"/>
       <c r="F86"/>
       <c r="G86"/>
       <c r="H86"/>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>181</v>
       </c>
       <c r="B87" t="s">
         <v>182</v>
       </c>
       <c r="C87" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D87"/>
       <c r="E87"/>
       <c r="F87"/>
       <c r="G87"/>
       <c r="H87"/>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>183</v>
       </c>
       <c r="B88" t="s">
         <v>184</v>
       </c>
       <c r="C88" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D88"/>
       <c r="E88"/>
       <c r="F88"/>
       <c r="G88"/>
       <c r="H88"/>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>185</v>
       </c>
       <c r="B89" t="s">
         <v>186</v>
       </c>
       <c r="C89" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D89"/>
       <c r="E89"/>
       <c r="F89"/>
       <c r="G89"/>
       <c r="H89"/>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>187</v>
       </c>
       <c r="B90" t="s">
         <v>188</v>
       </c>
       <c r="C90" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D90"/>
       <c r="E90"/>
       <c r="F90"/>
       <c r="G90"/>
       <c r="H90"/>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>189</v>
       </c>
       <c r="B91" t="s">
         <v>190</v>
       </c>
       <c r="C91" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D91"/>
       <c r="E91"/>
       <c r="F91"/>
       <c r="G91"/>
       <c r="H91"/>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>191</v>
       </c>
       <c r="B92" t="s">
         <v>192</v>
       </c>
       <c r="C92" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D92"/>
       <c r="E92"/>
       <c r="F92"/>
       <c r="G92"/>
       <c r="H92"/>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>193</v>
       </c>
       <c r="B93" t="s">
         <v>194</v>
       </c>
       <c r="C93" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D93"/>
       <c r="E93"/>
       <c r="F93"/>
       <c r="G93"/>
       <c r="H93"/>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>195</v>
       </c>
       <c r="B94" t="s">
         <v>196</v>
       </c>
       <c r="C94" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D94"/>
       <c r="E94"/>
       <c r="F94"/>
       <c r="G94"/>
       <c r="H94"/>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>197</v>
       </c>
       <c r="B95" t="s">
         <v>198</v>
       </c>
       <c r="C95" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D95"/>
       <c r="E95"/>
       <c r="F95"/>
       <c r="G95"/>
       <c r="H95"/>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>199</v>
       </c>
       <c r="B96" t="s">
         <v>200</v>
       </c>
       <c r="C96" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D96"/>
       <c r="E96"/>
       <c r="F96"/>
       <c r="G96"/>
       <c r="H96"/>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>201</v>
       </c>
       <c r="B97" t="s">
         <v>202</v>
       </c>
       <c r="C97" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D97"/>
       <c r="E97"/>
       <c r="F97"/>
       <c r="G97"/>
       <c r="H97"/>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>203</v>
       </c>
       <c r="B98" t="s">
         <v>204</v>
       </c>
       <c r="C98" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D98"/>
       <c r="E98"/>
       <c r="F98"/>
       <c r="G98"/>
       <c r="H98"/>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>205</v>
       </c>
       <c r="B99" t="s">
         <v>206</v>
       </c>
       <c r="C99" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D99"/>
       <c r="E99"/>
       <c r="F99"/>
       <c r="G99"/>
       <c r="H99"/>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>207</v>
       </c>
       <c r="B100" t="s">
         <v>208</v>
       </c>
       <c r="C100" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D100"/>
       <c r="E100"/>
       <c r="F100"/>
       <c r="G100"/>
       <c r="H100"/>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>209</v>
       </c>
       <c r="B101" t="s">
         <v>210</v>
       </c>
       <c r="C101" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D101"/>
       <c r="E101"/>
       <c r="F101"/>
       <c r="G101"/>
       <c r="H101"/>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>211</v>
       </c>
       <c r="B102" t="s">
         <v>212</v>
       </c>
       <c r="C102" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D102"/>
       <c r="E102"/>
       <c r="F102"/>
       <c r="G102"/>
       <c r="H102"/>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>213</v>
       </c>
       <c r="B103" t="s">
         <v>214</v>
       </c>
       <c r="C103" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D103"/>
       <c r="E103"/>
       <c r="F103"/>
       <c r="G103"/>
       <c r="H103"/>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>215</v>
       </c>
       <c r="B104" t="s">
         <v>216</v>
       </c>
       <c r="C104" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D104"/>
       <c r="E104"/>
       <c r="F104"/>
       <c r="G104"/>
       <c r="H104"/>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>217</v>
       </c>
       <c r="B105" t="s">
         <v>218</v>
       </c>
       <c r="C105" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D105"/>
       <c r="E105"/>
       <c r="F105"/>
       <c r="G105"/>
       <c r="H105"/>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>219</v>
       </c>
       <c r="B106" t="s">
         <v>220</v>
       </c>
       <c r="C106" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D106"/>
       <c r="E106"/>
       <c r="F106"/>
       <c r="G106"/>
       <c r="H106"/>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>221</v>
       </c>
       <c r="B107" t="s">
         <v>222</v>
       </c>
       <c r="C107" t="s">
-        <v>156</v>
+        <v>223</v>
       </c>
       <c r="D107"/>
       <c r="E107"/>
       <c r="F107"/>
       <c r="G107"/>
       <c r="H107"/>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
+        <v>224</v>
+      </c>
+      <c r="B108" t="s">
+        <v>225</v>
+      </c>
+      <c r="C108" t="s">
         <v>223</v>
-      </c>
-[...4 lines deleted...]
-        <v>225</v>
       </c>
       <c r="D108"/>
       <c r="E108"/>
       <c r="F108"/>
       <c r="G108"/>
       <c r="H108"/>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>226</v>
       </c>
       <c r="B109" t="s">
         <v>227</v>
       </c>
       <c r="C109" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D109"/>
       <c r="E109"/>
       <c r="F109"/>
       <c r="G109"/>
       <c r="H109"/>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>228</v>
       </c>
       <c r="B110" t="s">
         <v>229</v>
       </c>
       <c r="C110" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D110"/>
       <c r="E110"/>
       <c r="F110"/>
       <c r="G110"/>
       <c r="H110"/>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>230</v>
       </c>
       <c r="B111" t="s">
         <v>231</v>
       </c>
       <c r="C111" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D111"/>
       <c r="E111"/>
       <c r="F111"/>
       <c r="G111"/>
       <c r="H111"/>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>232</v>
       </c>
       <c r="B112" t="s">
         <v>233</v>
       </c>
       <c r="C112" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D112"/>
       <c r="E112"/>
       <c r="F112"/>
       <c r="G112"/>
       <c r="H112"/>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>234</v>
       </c>
       <c r="B113" t="s">
         <v>235</v>
       </c>
       <c r="C113" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D113"/>
       <c r="E113"/>
       <c r="F113"/>
       <c r="G113"/>
       <c r="H113"/>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>236</v>
       </c>
       <c r="B114" t="s">
         <v>237</v>
       </c>
       <c r="C114" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D114"/>
       <c r="E114"/>
       <c r="F114"/>
       <c r="G114"/>
       <c r="H114"/>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>238</v>
       </c>
       <c r="B115" t="s">
         <v>239</v>
       </c>
       <c r="C115" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D115"/>
       <c r="E115"/>
       <c r="F115"/>
       <c r="G115"/>
       <c r="H115"/>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>240</v>
       </c>
       <c r="B116" t="s">
         <v>241</v>
       </c>
       <c r="C116" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D116"/>
       <c r="E116"/>
       <c r="F116"/>
       <c r="G116"/>
       <c r="H116"/>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>242</v>
       </c>
       <c r="B117" t="s">
         <v>243</v>
       </c>
       <c r="C117" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D117"/>
       <c r="E117"/>
       <c r="F117"/>
       <c r="G117"/>
       <c r="H117"/>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>244</v>
       </c>
       <c r="B118" t="s">
         <v>245</v>
       </c>
       <c r="C118" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D118"/>
       <c r="E118"/>
       <c r="F118"/>
       <c r="G118"/>
       <c r="H118"/>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>246</v>
       </c>
       <c r="B119" t="s">
         <v>247</v>
       </c>
       <c r="C119" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D119"/>
       <c r="E119"/>
       <c r="F119"/>
       <c r="G119"/>
       <c r="H119"/>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>248</v>
       </c>
       <c r="B120" t="s">
         <v>249</v>
       </c>
       <c r="C120" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D120"/>
       <c r="E120"/>
       <c r="F120"/>
       <c r="G120"/>
       <c r="H120"/>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>250</v>
       </c>
       <c r="B121" t="s">
         <v>251</v>
       </c>
       <c r="C121" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D121"/>
       <c r="E121"/>
       <c r="F121"/>
       <c r="G121"/>
       <c r="H121"/>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>252</v>
       </c>
       <c r="B122" t="s">
         <v>253</v>
       </c>
       <c r="C122" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D122"/>
       <c r="E122"/>
       <c r="F122"/>
       <c r="G122"/>
       <c r="H122"/>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>254</v>
       </c>
       <c r="B123" t="s">
         <v>255</v>
       </c>
       <c r="C123" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D123"/>
       <c r="E123"/>
       <c r="F123"/>
       <c r="G123"/>
       <c r="H123"/>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>256</v>
       </c>
       <c r="B124" t="s">
         <v>257</v>
       </c>
       <c r="C124" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D124"/>
       <c r="E124"/>
       <c r="F124"/>
       <c r="G124"/>
       <c r="H124"/>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>258</v>
       </c>
       <c r="B125" t="s">
         <v>259</v>
       </c>
       <c r="C125" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D125"/>
       <c r="E125"/>
       <c r="F125"/>
       <c r="G125"/>
       <c r="H125"/>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>260</v>
       </c>
       <c r="B126" t="s">
         <v>261</v>
       </c>
       <c r="C126" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D126"/>
       <c r="E126"/>
       <c r="F126"/>
       <c r="G126"/>
       <c r="H126"/>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>262</v>
       </c>
       <c r="B127" t="s">
         <v>263</v>
       </c>
       <c r="C127" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D127"/>
       <c r="E127"/>
       <c r="F127"/>
       <c r="G127"/>
       <c r="H127"/>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>264</v>
       </c>
       <c r="B128" t="s">
         <v>265</v>
       </c>
       <c r="C128" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D128"/>
       <c r="E128"/>
       <c r="F128"/>
       <c r="G128"/>
       <c r="H128"/>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>266</v>
       </c>
       <c r="B129" t="s">
         <v>267</v>
       </c>
       <c r="C129" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D129"/>
       <c r="E129"/>
       <c r="F129"/>
       <c r="G129"/>
       <c r="H129"/>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>268</v>
       </c>
       <c r="B130" t="s">
         <v>269</v>
       </c>
       <c r="C130" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D130"/>
       <c r="E130"/>
       <c r="F130"/>
       <c r="G130"/>
       <c r="H130"/>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>270</v>
       </c>
       <c r="B131" t="s">
         <v>271</v>
       </c>
       <c r="C131" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D131"/>
       <c r="E131"/>
       <c r="F131"/>
       <c r="G131"/>
       <c r="H131"/>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>272</v>
       </c>
       <c r="B132" t="s">
         <v>273</v>
       </c>
       <c r="C132" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D132"/>
       <c r="E132"/>
       <c r="F132"/>
       <c r="G132"/>
       <c r="H132"/>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>274</v>
       </c>
       <c r="B133" t="s">
         <v>275</v>
       </c>
       <c r="C133" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D133"/>
       <c r="E133"/>
       <c r="F133"/>
       <c r="G133"/>
       <c r="H133"/>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>276</v>
       </c>
       <c r="B134" t="s">
         <v>277</v>
       </c>
       <c r="C134" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D134"/>
       <c r="E134"/>
       <c r="F134"/>
       <c r="G134"/>
       <c r="H134"/>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>278</v>
       </c>
       <c r="B135" t="s">
         <v>279</v>
       </c>
       <c r="C135" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D135"/>
       <c r="E135"/>
       <c r="F135"/>
       <c r="G135"/>
       <c r="H135"/>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>280</v>
       </c>
       <c r="B136" t="s">
         <v>281</v>
       </c>
       <c r="C136" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D136"/>
       <c r="E136"/>
       <c r="F136"/>
       <c r="G136"/>
       <c r="H136"/>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>282</v>
       </c>
       <c r="B137" t="s">
         <v>283</v>
       </c>
       <c r="C137" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D137"/>
       <c r="E137"/>
       <c r="F137"/>
       <c r="G137"/>
       <c r="H137"/>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>284</v>
       </c>
       <c r="B138" t="s">
         <v>285</v>
       </c>
       <c r="C138" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D138"/>
       <c r="E138"/>
       <c r="F138"/>
       <c r="G138"/>
       <c r="H138"/>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>286</v>
       </c>
       <c r="B139" t="s">
         <v>287</v>
       </c>
       <c r="C139" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D139"/>
       <c r="E139"/>
       <c r="F139"/>
       <c r="G139"/>
       <c r="H139"/>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>288</v>
       </c>
       <c r="B140" t="s">
         <v>289</v>
       </c>
       <c r="C140" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D140"/>
       <c r="E140"/>
       <c r="F140"/>
       <c r="G140"/>
       <c r="H140"/>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>290</v>
       </c>
       <c r="B141" t="s">
         <v>291</v>
       </c>
       <c r="C141" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D141"/>
       <c r="E141"/>
       <c r="F141"/>
       <c r="G141"/>
       <c r="H141"/>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>292</v>
       </c>
       <c r="B142" t="s">
         <v>293</v>
       </c>
       <c r="C142" t="s">
-        <v>225</v>
+        <v>294</v>
       </c>
       <c r="D142"/>
       <c r="E142"/>
       <c r="F142"/>
       <c r="G142"/>
       <c r="H142"/>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
+        <v>295</v>
+      </c>
+      <c r="B143" t="s">
+        <v>296</v>
+      </c>
+      <c r="C143" t="s">
         <v>294</v>
-      </c>
-[...4 lines deleted...]
-        <v>296</v>
       </c>
       <c r="D143"/>
       <c r="E143"/>
       <c r="F143"/>
       <c r="G143"/>
       <c r="H143"/>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>297</v>
       </c>
       <c r="B144" t="s">
         <v>298</v>
       </c>
       <c r="C144" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D144"/>
       <c r="E144"/>
       <c r="F144"/>
       <c r="G144"/>
       <c r="H144"/>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>299</v>
       </c>
       <c r="B145" t="s">
         <v>300</v>
       </c>
       <c r="C145" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D145"/>
       <c r="E145"/>
       <c r="F145"/>
       <c r="G145"/>
       <c r="H145"/>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>301</v>
       </c>
       <c r="B146" t="s">
         <v>302</v>
       </c>
       <c r="C146" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D146"/>
       <c r="E146"/>
       <c r="F146"/>
       <c r="G146"/>
       <c r="H146"/>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>303</v>
       </c>
       <c r="B147" t="s">
         <v>304</v>
       </c>
       <c r="C147" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D147"/>
       <c r="E147"/>
       <c r="F147"/>
       <c r="G147"/>
       <c r="H147"/>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>305</v>
       </c>
       <c r="B148" t="s">
         <v>306</v>
       </c>
       <c r="C148" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D148"/>
       <c r="E148"/>
       <c r="F148"/>
       <c r="G148"/>
       <c r="H148"/>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>307</v>
       </c>
       <c r="B149" t="s">
         <v>308</v>
       </c>
       <c r="C149" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D149"/>
       <c r="E149"/>
       <c r="F149"/>
       <c r="G149"/>
       <c r="H149"/>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>309</v>
       </c>
       <c r="B150" t="s">
         <v>310</v>
       </c>
       <c r="C150" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D150"/>
       <c r="E150"/>
       <c r="F150"/>
       <c r="G150"/>
       <c r="H150"/>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>311</v>
       </c>
       <c r="B151" t="s">
         <v>312</v>
       </c>
       <c r="C151" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D151"/>
       <c r="E151"/>
       <c r="F151"/>
       <c r="G151"/>
       <c r="H151"/>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>313</v>
       </c>
       <c r="B152" t="s">
         <v>314</v>
       </c>
       <c r="C152" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D152"/>
       <c r="E152"/>
       <c r="F152"/>
       <c r="G152"/>
       <c r="H152"/>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>315</v>
       </c>
       <c r="B153" t="s">
         <v>316</v>
       </c>
       <c r="C153" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D153"/>
       <c r="E153"/>
       <c r="F153"/>
       <c r="G153"/>
       <c r="H153"/>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>317</v>
       </c>
       <c r="B154" t="s">
         <v>318</v>
       </c>
       <c r="C154" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D154"/>
       <c r="E154"/>
       <c r="F154"/>
       <c r="G154"/>
       <c r="H154"/>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>319</v>
       </c>
       <c r="B155" t="s">
         <v>320</v>
       </c>
       <c r="C155" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D155"/>
       <c r="E155"/>
       <c r="F155"/>
       <c r="G155"/>
       <c r="H155"/>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>321</v>
       </c>
       <c r="B156" t="s">
         <v>322</v>
       </c>
       <c r="C156" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D156"/>
       <c r="E156"/>
       <c r="F156"/>
       <c r="G156"/>
       <c r="H156"/>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>323</v>
       </c>
       <c r="B157" t="s">
         <v>324</v>
       </c>
       <c r="C157" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D157"/>
       <c r="E157"/>
       <c r="F157"/>
       <c r="G157"/>
       <c r="H157"/>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>325</v>
       </c>
       <c r="B158" t="s">
         <v>326</v>
       </c>
       <c r="C158" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D158"/>
       <c r="E158"/>
       <c r="F158"/>
       <c r="G158"/>
       <c r="H158"/>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>327</v>
       </c>
       <c r="B159" t="s">
         <v>328</v>
       </c>
       <c r="C159" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D159"/>
       <c r="E159"/>
       <c r="F159"/>
       <c r="G159"/>
       <c r="H159"/>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>329</v>
       </c>
       <c r="B160" t="s">
         <v>330</v>
       </c>
       <c r="C160" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D160"/>
       <c r="E160"/>
       <c r="F160"/>
       <c r="G160"/>
       <c r="H160"/>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>331</v>
       </c>
       <c r="B161" t="s">
         <v>332</v>
       </c>
       <c r="C161" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D161"/>
       <c r="E161"/>
       <c r="F161"/>
       <c r="G161"/>
       <c r="H161"/>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>333</v>
       </c>
       <c r="B162" t="s">
         <v>334</v>
       </c>
       <c r="C162" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D162"/>
       <c r="E162"/>
       <c r="F162"/>
       <c r="G162"/>
       <c r="H162"/>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>335</v>
       </c>
       <c r="B163" t="s">
         <v>336</v>
       </c>
       <c r="C163" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D163"/>
       <c r="E163"/>
       <c r="F163"/>
       <c r="G163"/>
       <c r="H163"/>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>337</v>
       </c>
       <c r="B164" t="s">
         <v>338</v>
       </c>
       <c r="C164" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D164"/>
       <c r="E164"/>
       <c r="F164"/>
       <c r="G164"/>
       <c r="H164"/>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>339</v>
       </c>
       <c r="B165" t="s">
         <v>340</v>
       </c>
       <c r="C165" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D165"/>
       <c r="E165"/>
       <c r="F165"/>
       <c r="G165"/>
       <c r="H165"/>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>341</v>
       </c>
       <c r="B166" t="s">
         <v>342</v>
       </c>
       <c r="C166" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D166"/>
       <c r="E166"/>
       <c r="F166"/>
       <c r="G166"/>
       <c r="H166"/>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>343</v>
       </c>
       <c r="B167" t="s">
         <v>344</v>
       </c>
       <c r="C167" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D167"/>
       <c r="E167"/>
       <c r="F167"/>
       <c r="G167"/>
       <c r="H167"/>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>345</v>
       </c>
       <c r="B168" t="s">
         <v>346</v>
       </c>
       <c r="C168" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D168"/>
       <c r="E168"/>
       <c r="F168"/>
       <c r="G168"/>
       <c r="H168"/>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>347</v>
       </c>
       <c r="B169" t="s">
         <v>348</v>
       </c>
       <c r="C169" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D169"/>
       <c r="E169"/>
       <c r="F169"/>
       <c r="G169"/>
       <c r="H169"/>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>349</v>
       </c>
       <c r="B170" t="s">
         <v>350</v>
       </c>
       <c r="C170" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D170"/>
       <c r="E170"/>
       <c r="F170"/>
       <c r="G170"/>
       <c r="H170"/>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>351</v>
       </c>
       <c r="B171" t="s">
         <v>352</v>
       </c>
       <c r="C171" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D171"/>
       <c r="E171"/>
       <c r="F171"/>
       <c r="G171"/>
       <c r="H171"/>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>353</v>
       </c>
       <c r="B172" t="s">
         <v>354</v>
       </c>
       <c r="C172" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D172"/>
       <c r="E172"/>
       <c r="F172"/>
       <c r="G172"/>
       <c r="H172"/>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>355</v>
       </c>
       <c r="B173" t="s">
         <v>356</v>
       </c>
       <c r="C173" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D173"/>
       <c r="E173"/>
       <c r="F173"/>
       <c r="G173"/>
       <c r="H173"/>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>357</v>
       </c>
       <c r="B174" t="s">
         <v>358</v>
       </c>
       <c r="C174" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D174"/>
       <c r="E174"/>
       <c r="F174"/>
       <c r="G174"/>
       <c r="H174"/>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>359</v>
       </c>
       <c r="B175" t="s">
         <v>360</v>
       </c>
       <c r="C175" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D175"/>
       <c r="E175"/>
       <c r="F175"/>
       <c r="G175"/>
       <c r="H175"/>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>361</v>
       </c>
       <c r="B176" t="s">
         <v>362</v>
       </c>
       <c r="C176" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D176"/>
       <c r="E176"/>
       <c r="F176"/>
       <c r="G176"/>
       <c r="H176"/>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>363</v>
       </c>
       <c r="B177" t="s">
         <v>364</v>
       </c>
       <c r="C177" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D177"/>
       <c r="E177"/>
       <c r="F177"/>
       <c r="G177"/>
       <c r="H177"/>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>365</v>
       </c>
       <c r="B178" t="s">
         <v>366</v>
       </c>
       <c r="C178" t="s">
-        <v>296</v>
+        <v>367</v>
       </c>
       <c r="D178"/>
       <c r="E178"/>
       <c r="F178"/>
       <c r="G178"/>
       <c r="H178"/>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
+        <v>368</v>
+      </c>
+      <c r="B179" t="s">
+        <v>369</v>
+      </c>
+      <c r="C179" t="s">
         <v>367</v>
-      </c>
-[...4 lines deleted...]
-        <v>369</v>
       </c>
       <c r="D179"/>
       <c r="E179"/>
       <c r="F179"/>
       <c r="G179"/>
       <c r="H179"/>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>370</v>
       </c>
       <c r="B180" t="s">
         <v>371</v>
       </c>
       <c r="C180" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D180"/>
       <c r="E180"/>
       <c r="F180"/>
       <c r="G180"/>
       <c r="H180"/>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>372</v>
       </c>
       <c r="B181" t="s">
         <v>373</v>
       </c>
       <c r="C181" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D181"/>
       <c r="E181"/>
       <c r="F181"/>
       <c r="G181"/>
       <c r="H181"/>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>374</v>
       </c>
       <c r="B182" t="s">
         <v>375</v>
       </c>
       <c r="C182" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D182"/>
       <c r="E182"/>
       <c r="F182"/>
       <c r="G182"/>
       <c r="H182"/>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>376</v>
       </c>
       <c r="B183" t="s">
         <v>377</v>
       </c>
       <c r="C183" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D183"/>
       <c r="E183"/>
       <c r="F183"/>
       <c r="G183"/>
       <c r="H183"/>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>378</v>
       </c>
       <c r="B184" t="s">
         <v>379</v>
       </c>
       <c r="C184" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D184"/>
       <c r="E184"/>
       <c r="F184"/>
       <c r="G184"/>
       <c r="H184"/>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>380</v>
       </c>
       <c r="B185" t="s">
         <v>381</v>
       </c>
       <c r="C185" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D185"/>
       <c r="E185"/>
       <c r="F185"/>
       <c r="G185"/>
       <c r="H185"/>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>382</v>
       </c>
       <c r="B186" t="s">
         <v>383</v>
       </c>
       <c r="C186" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D186"/>
       <c r="E186"/>
       <c r="F186"/>
       <c r="G186"/>
       <c r="H186"/>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>384</v>
       </c>
       <c r="B187" t="s">
         <v>385</v>
       </c>
       <c r="C187" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D187"/>
       <c r="E187"/>
       <c r="F187"/>
       <c r="G187"/>
       <c r="H187"/>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>386</v>
       </c>
       <c r="B188" t="s">
         <v>387</v>
       </c>
       <c r="C188" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D188"/>
       <c r="E188"/>
       <c r="F188"/>
       <c r="G188"/>
       <c r="H188"/>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>388</v>
       </c>
       <c r="B189" t="s">
         <v>389</v>
       </c>
       <c r="C189" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D189"/>
       <c r="E189"/>
       <c r="F189"/>
       <c r="G189"/>
       <c r="H189"/>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>390</v>
       </c>
       <c r="B190" t="s">
         <v>391</v>
       </c>
       <c r="C190" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D190"/>
       <c r="E190"/>
       <c r="F190"/>
       <c r="G190"/>
       <c r="H190"/>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>392</v>
       </c>
       <c r="B191" t="s">
         <v>393</v>
       </c>
       <c r="C191" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D191"/>
       <c r="E191"/>
       <c r="F191"/>
       <c r="G191"/>
       <c r="H191"/>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>394</v>
       </c>
       <c r="B192" t="s">
         <v>395</v>
       </c>
       <c r="C192" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D192"/>
       <c r="E192"/>
       <c r="F192"/>
       <c r="G192"/>
       <c r="H192"/>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>396</v>
       </c>
       <c r="B193" t="s">
         <v>397</v>
       </c>
       <c r="C193" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D193"/>
       <c r="E193"/>
       <c r="F193"/>
       <c r="G193"/>
       <c r="H193"/>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>398</v>
       </c>
       <c r="B194" t="s">
         <v>399</v>
       </c>
       <c r="C194" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D194"/>
       <c r="E194"/>
       <c r="F194"/>
       <c r="G194"/>
       <c r="H194"/>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>400</v>
       </c>
       <c r="B195" t="s">
         <v>401</v>
       </c>
       <c r="C195" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D195"/>
       <c r="E195"/>
       <c r="F195"/>
       <c r="G195"/>
       <c r="H195"/>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>402</v>
       </c>
       <c r="B196" t="s">
         <v>403</v>
       </c>
       <c r="C196" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D196"/>
       <c r="E196"/>
       <c r="F196"/>
       <c r="G196"/>
       <c r="H196"/>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>404</v>
       </c>
       <c r="B197" t="s">
         <v>405</v>
       </c>
       <c r="C197" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D197"/>
       <c r="E197"/>
       <c r="F197"/>
       <c r="G197"/>
       <c r="H197"/>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>406</v>
       </c>
       <c r="B198" t="s">
         <v>407</v>
       </c>
       <c r="C198" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D198"/>
       <c r="E198"/>
       <c r="F198"/>
       <c r="G198"/>
       <c r="H198"/>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>408</v>
       </c>
       <c r="B199" t="s">
         <v>409</v>
       </c>
       <c r="C199" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D199"/>
       <c r="E199"/>
       <c r="F199"/>
       <c r="G199"/>
       <c r="H199"/>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>410</v>
       </c>
       <c r="B200" t="s">
         <v>411</v>
       </c>
       <c r="C200" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D200"/>
       <c r="E200"/>
       <c r="F200"/>
       <c r="G200"/>
       <c r="H200"/>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>412</v>
       </c>
       <c r="B201" t="s">
         <v>413</v>
       </c>
       <c r="C201" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D201"/>
       <c r="E201"/>
       <c r="F201"/>
       <c r="G201"/>
       <c r="H201"/>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>414</v>
       </c>
       <c r="B202" t="s">
         <v>415</v>
       </c>
       <c r="C202" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D202"/>
       <c r="E202"/>
       <c r="F202"/>
       <c r="G202"/>
       <c r="H202"/>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>416</v>
       </c>
       <c r="B203" t="s">
         <v>417</v>
       </c>
       <c r="C203" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D203"/>
       <c r="E203"/>
       <c r="F203"/>
       <c r="G203"/>
       <c r="H203"/>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>418</v>
       </c>
       <c r="B204" t="s">
         <v>419</v>
       </c>
       <c r="C204" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D204"/>
       <c r="E204"/>
       <c r="F204"/>
       <c r="G204"/>
       <c r="H204"/>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>420</v>
       </c>
       <c r="B205" t="s">
         <v>421</v>
       </c>
       <c r="C205" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D205"/>
       <c r="E205"/>
       <c r="F205"/>
       <c r="G205"/>
       <c r="H205"/>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>422</v>
       </c>
       <c r="B206" t="s">
         <v>423</v>
       </c>
       <c r="C206" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D206"/>
       <c r="E206"/>
       <c r="F206"/>
       <c r="G206"/>
       <c r="H206"/>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>424</v>
       </c>
       <c r="B207" t="s">
         <v>425</v>
       </c>
       <c r="C207" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D207"/>
       <c r="E207"/>
       <c r="F207"/>
       <c r="G207"/>
       <c r="H207"/>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>426</v>
       </c>
       <c r="B208" t="s">
         <v>427</v>
       </c>
       <c r="C208" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D208"/>
       <c r="E208"/>
       <c r="F208"/>
       <c r="G208"/>
       <c r="H208"/>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>428</v>
       </c>
       <c r="B209" t="s">
         <v>429</v>
       </c>
       <c r="C209" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D209"/>
       <c r="E209"/>
       <c r="F209"/>
       <c r="G209"/>
       <c r="H209"/>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>430</v>
       </c>
       <c r="B210" t="s">
         <v>431</v>
       </c>
       <c r="C210" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D210"/>
       <c r="E210"/>
       <c r="F210"/>
       <c r="G210"/>
       <c r="H210"/>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>432</v>
       </c>
       <c r="B211" t="s">
         <v>433</v>
       </c>
       <c r="C211" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D211"/>
       <c r="E211"/>
       <c r="F211"/>
       <c r="G211"/>
       <c r="H211"/>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>434</v>
       </c>
       <c r="B212" t="s">
         <v>435</v>
       </c>
       <c r="C212" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D212"/>
       <c r="E212"/>
       <c r="F212"/>
       <c r="G212"/>
       <c r="H212"/>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>436</v>
       </c>
       <c r="B213" t="s">
         <v>437</v>
       </c>
       <c r="C213" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D213"/>
       <c r="E213"/>
       <c r="F213"/>
       <c r="G213"/>
       <c r="H213"/>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>438</v>
       </c>
       <c r="B214" t="s">
         <v>439</v>
       </c>
       <c r="C214" t="s">
-        <v>369</v>
+        <v>440</v>
       </c>
       <c r="D214"/>
       <c r="E214"/>
       <c r="F214"/>
       <c r="G214"/>
       <c r="H214"/>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
+        <v>441</v>
+      </c>
+      <c r="B215" t="s">
+        <v>442</v>
+      </c>
+      <c r="C215" t="s">
         <v>440</v>
-      </c>
-[...4 lines deleted...]
-        <v>442</v>
       </c>
       <c r="D215"/>
       <c r="E215"/>
       <c r="F215"/>
       <c r="G215"/>
       <c r="H215"/>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>443</v>
       </c>
       <c r="B216" t="s">
         <v>444</v>
       </c>
       <c r="C216" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D216"/>
       <c r="E216"/>
       <c r="F216"/>
       <c r="G216"/>
       <c r="H216"/>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>445</v>
       </c>
       <c r="B217" t="s">
         <v>446</v>
       </c>
       <c r="C217" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D217"/>
       <c r="E217"/>
       <c r="F217"/>
       <c r="G217"/>
       <c r="H217"/>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>447</v>
       </c>
       <c r="B218" t="s">
         <v>448</v>
       </c>
       <c r="C218" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D218"/>
       <c r="E218"/>
       <c r="F218"/>
       <c r="G218"/>
       <c r="H218"/>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>449</v>
       </c>
       <c r="B219" t="s">
         <v>450</v>
       </c>
       <c r="C219" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D219"/>
       <c r="E219"/>
       <c r="F219"/>
       <c r="G219"/>
       <c r="H219"/>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>451</v>
       </c>
       <c r="B220" t="s">
         <v>452</v>
       </c>
       <c r="C220" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D220"/>
       <c r="E220"/>
       <c r="F220"/>
       <c r="G220"/>
       <c r="H220"/>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>453</v>
       </c>
       <c r="B221" t="s">
         <v>454</v>
       </c>
       <c r="C221" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D221"/>
       <c r="E221"/>
       <c r="F221"/>
       <c r="G221"/>
       <c r="H221"/>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>455</v>
       </c>
       <c r="B222" t="s">
         <v>456</v>
       </c>
       <c r="C222" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D222"/>
       <c r="E222"/>
       <c r="F222"/>
       <c r="G222"/>
       <c r="H222"/>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
         <v>457</v>
       </c>
       <c r="B223" t="s">
         <v>458</v>
       </c>
       <c r="C223" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D223"/>
       <c r="E223"/>
       <c r="F223"/>
       <c r="G223"/>
       <c r="H223"/>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
         <v>459</v>
       </c>
       <c r="B224" t="s">
         <v>460</v>
       </c>
       <c r="C224" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D224"/>
       <c r="E224"/>
       <c r="F224"/>
       <c r="G224"/>
       <c r="H224"/>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>461</v>
       </c>
       <c r="B225" t="s">
         <v>462</v>
       </c>
       <c r="C225" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D225"/>
       <c r="E225"/>
       <c r="F225"/>
       <c r="G225"/>
       <c r="H225"/>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>463</v>
       </c>
       <c r="B226" t="s">
         <v>464</v>
       </c>
       <c r="C226" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D226"/>
       <c r="E226"/>
       <c r="F226"/>
       <c r="G226"/>
       <c r="H226"/>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>465</v>
       </c>
       <c r="B227" t="s">
         <v>466</v>
       </c>
       <c r="C227" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D227"/>
       <c r="E227"/>
       <c r="F227"/>
       <c r="G227"/>
       <c r="H227"/>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>467</v>
       </c>
       <c r="B228" t="s">
         <v>468</v>
       </c>
       <c r="C228" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D228"/>
       <c r="E228"/>
       <c r="F228"/>
       <c r="G228"/>
       <c r="H228"/>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>469</v>
       </c>
       <c r="B229" t="s">
         <v>470</v>
       </c>
       <c r="C229" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D229"/>
       <c r="E229"/>
       <c r="F229"/>
       <c r="G229"/>
       <c r="H229"/>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>471</v>
       </c>
       <c r="B230" t="s">
         <v>472</v>
       </c>
       <c r="C230" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D230"/>
       <c r="E230"/>
       <c r="F230"/>
       <c r="G230"/>
       <c r="H230"/>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>473</v>
       </c>
       <c r="B231" t="s">
         <v>474</v>
       </c>
       <c r="C231" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D231"/>
       <c r="E231"/>
       <c r="F231"/>
       <c r="G231"/>
       <c r="H231"/>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
         <v>475</v>
       </c>
       <c r="B232" t="s">
         <v>476</v>
       </c>
       <c r="C232" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D232"/>
       <c r="E232"/>
       <c r="F232"/>
       <c r="G232"/>
       <c r="H232"/>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>477</v>
       </c>
       <c r="B233" t="s">
         <v>478</v>
       </c>
       <c r="C233" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D233"/>
       <c r="E233"/>
       <c r="F233"/>
       <c r="G233"/>
       <c r="H233"/>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>479</v>
       </c>
       <c r="B234" t="s">
         <v>480</v>
       </c>
       <c r="C234" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D234"/>
       <c r="E234"/>
       <c r="F234"/>
       <c r="G234"/>
       <c r="H234"/>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
         <v>481</v>
       </c>
       <c r="B235" t="s">
         <v>482</v>
       </c>
       <c r="C235" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D235"/>
       <c r="E235"/>
       <c r="F235"/>
       <c r="G235"/>
       <c r="H235"/>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
         <v>483</v>
       </c>
       <c r="B236" t="s">
         <v>484</v>
       </c>
       <c r="C236" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D236"/>
       <c r="E236"/>
       <c r="F236"/>
       <c r="G236"/>
       <c r="H236"/>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>485</v>
       </c>
       <c r="B237" t="s">
         <v>486</v>
       </c>
       <c r="C237" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D237"/>
       <c r="E237"/>
       <c r="F237"/>
       <c r="G237"/>
       <c r="H237"/>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>487</v>
       </c>
       <c r="B238" t="s">
         <v>488</v>
       </c>
       <c r="C238" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D238"/>
       <c r="E238"/>
       <c r="F238"/>
       <c r="G238"/>
       <c r="H238"/>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>489</v>
       </c>
       <c r="B239" t="s">
         <v>490</v>
       </c>
       <c r="C239" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D239"/>
       <c r="E239"/>
       <c r="F239"/>
       <c r="G239"/>
       <c r="H239"/>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>491</v>
       </c>
       <c r="B240" t="s">
         <v>492</v>
       </c>
       <c r="C240" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D240"/>
       <c r="E240"/>
       <c r="F240"/>
       <c r="G240"/>
       <c r="H240"/>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>493</v>
       </c>
       <c r="B241" t="s">
         <v>494</v>
       </c>
       <c r="C241" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D241"/>
       <c r="E241"/>
       <c r="F241"/>
       <c r="G241"/>
       <c r="H241"/>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>495</v>
       </c>
       <c r="B242" t="s">
         <v>496</v>
       </c>
       <c r="C242" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D242"/>
       <c r="E242"/>
       <c r="F242"/>
       <c r="G242"/>
       <c r="H242"/>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>497</v>
       </c>
       <c r="B243" t="s">
         <v>498</v>
       </c>
       <c r="C243" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D243"/>
       <c r="E243"/>
       <c r="F243"/>
       <c r="G243"/>
       <c r="H243"/>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>499</v>
       </c>
       <c r="B244" t="s">
         <v>500</v>
       </c>
       <c r="C244" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D244"/>
       <c r="E244"/>
       <c r="F244"/>
       <c r="G244"/>
       <c r="H244"/>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>501</v>
       </c>
       <c r="B245" t="s">
         <v>502</v>
       </c>
       <c r="C245" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D245"/>
       <c r="E245"/>
       <c r="F245"/>
       <c r="G245"/>
       <c r="H245"/>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>503</v>
       </c>
       <c r="B246" t="s">
         <v>504</v>
       </c>
       <c r="C246" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D246"/>
       <c r="E246"/>
       <c r="F246"/>
       <c r="G246"/>
       <c r="H246"/>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>505</v>
       </c>
       <c r="B247" t="s">
         <v>506</v>
       </c>
       <c r="C247" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D247"/>
       <c r="E247"/>
       <c r="F247"/>
       <c r="G247"/>
       <c r="H247"/>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>507</v>
       </c>
       <c r="B248" t="s">
         <v>508</v>
       </c>
       <c r="C248" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D248"/>
       <c r="E248"/>
       <c r="F248"/>
       <c r="G248"/>
       <c r="H248"/>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>509</v>
       </c>
       <c r="B249" t="s">
         <v>510</v>
       </c>
       <c r="C249" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D249"/>
       <c r="E249"/>
       <c r="F249"/>
       <c r="G249"/>
       <c r="H249"/>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>511</v>
       </c>
       <c r="B250" t="s">
         <v>512</v>
       </c>
       <c r="C250" t="s">
-        <v>442</v>
+        <v>513</v>
       </c>
       <c r="D250"/>
       <c r="E250"/>
       <c r="F250"/>
       <c r="G250"/>
       <c r="H250"/>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
+        <v>514</v>
+      </c>
+      <c r="B251" t="s">
+        <v>515</v>
+      </c>
+      <c r="C251" t="s">
         <v>513</v>
-      </c>
-[...4 lines deleted...]
-        <v>515</v>
       </c>
       <c r="D251"/>
       <c r="E251"/>
       <c r="F251"/>
       <c r="G251"/>
       <c r="H251"/>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>516</v>
       </c>
       <c r="B252" t="s">
         <v>517</v>
       </c>
       <c r="C252" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D252"/>
       <c r="E252"/>
       <c r="F252"/>
       <c r="G252"/>
       <c r="H252"/>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>518</v>
       </c>
       <c r="B253" t="s">
         <v>519</v>
       </c>
       <c r="C253" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D253"/>
       <c r="E253"/>
       <c r="F253"/>
       <c r="G253"/>
       <c r="H253"/>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>520</v>
       </c>
       <c r="B254" t="s">
         <v>521</v>
       </c>
       <c r="C254" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D254"/>
       <c r="E254"/>
       <c r="F254"/>
       <c r="G254"/>
       <c r="H254"/>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
         <v>522</v>
       </c>
       <c r="B255" t="s">
         <v>523</v>
       </c>
       <c r="C255" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D255"/>
       <c r="E255"/>
       <c r="F255"/>
       <c r="G255"/>
       <c r="H255"/>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
         <v>524</v>
       </c>
       <c r="B256" t="s">
         <v>525</v>
       </c>
       <c r="C256" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D256"/>
       <c r="E256"/>
       <c r="F256"/>
       <c r="G256"/>
       <c r="H256"/>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
         <v>526</v>
       </c>
       <c r="B257" t="s">
         <v>527</v>
       </c>
       <c r="C257" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D257"/>
       <c r="E257"/>
       <c r="F257"/>
       <c r="G257"/>
       <c r="H257"/>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
         <v>528</v>
       </c>
       <c r="B258" t="s">
         <v>529</v>
       </c>
       <c r="C258" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D258"/>
       <c r="E258"/>
       <c r="F258"/>
       <c r="G258"/>
       <c r="H258"/>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
         <v>530</v>
       </c>
       <c r="B259" t="s">
         <v>531</v>
       </c>
       <c r="C259" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D259"/>
       <c r="E259"/>
       <c r="F259"/>
       <c r="G259"/>
       <c r="H259"/>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>532</v>
       </c>
       <c r="B260" t="s">
         <v>533</v>
       </c>
       <c r="C260" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D260"/>
       <c r="E260"/>
       <c r="F260"/>
       <c r="G260"/>
       <c r="H260"/>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>534</v>
       </c>
       <c r="B261" t="s">
         <v>535</v>
       </c>
       <c r="C261" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D261"/>
       <c r="E261"/>
       <c r="F261"/>
       <c r="G261"/>
       <c r="H261"/>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>536</v>
       </c>
       <c r="B262" t="s">
         <v>537</v>
       </c>
       <c r="C262" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D262"/>
       <c r="E262"/>
       <c r="F262"/>
       <c r="G262"/>
       <c r="H262"/>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
         <v>538</v>
       </c>
       <c r="B263" t="s">
         <v>539</v>
       </c>
       <c r="C263" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D263"/>
       <c r="E263"/>
       <c r="F263"/>
       <c r="G263"/>
       <c r="H263"/>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
         <v>540</v>
       </c>
       <c r="B264" t="s">
         <v>541</v>
       </c>
       <c r="C264" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D264"/>
       <c r="E264"/>
       <c r="F264"/>
       <c r="G264"/>
       <c r="H264"/>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
         <v>542</v>
       </c>
       <c r="B265" t="s">
         <v>543</v>
       </c>
       <c r="C265" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D265"/>
       <c r="E265"/>
       <c r="F265"/>
       <c r="G265"/>
       <c r="H265"/>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
         <v>544</v>
       </c>
       <c r="B266" t="s">
         <v>545</v>
       </c>
       <c r="C266" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D266"/>
       <c r="E266"/>
       <c r="F266"/>
       <c r="G266"/>
       <c r="H266"/>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>546</v>
       </c>
       <c r="B267" t="s">
         <v>547</v>
       </c>
       <c r="C267" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D267"/>
       <c r="E267"/>
       <c r="F267"/>
       <c r="G267"/>
       <c r="H267"/>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
         <v>548</v>
       </c>
       <c r="B268" t="s">
         <v>549</v>
       </c>
       <c r="C268" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D268"/>
       <c r="E268"/>
       <c r="F268"/>
       <c r="G268"/>
       <c r="H268"/>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
         <v>550</v>
       </c>
       <c r="B269" t="s">
         <v>551</v>
       </c>
       <c r="C269" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D269"/>
       <c r="E269"/>
       <c r="F269"/>
       <c r="G269"/>
       <c r="H269"/>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>552</v>
       </c>
       <c r="B270" t="s">
         <v>553</v>
       </c>
       <c r="C270" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D270"/>
       <c r="E270"/>
       <c r="F270"/>
       <c r="G270"/>
       <c r="H270"/>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>554</v>
       </c>
       <c r="B271" t="s">
         <v>555</v>
       </c>
       <c r="C271" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D271"/>
       <c r="E271"/>
       <c r="F271"/>
       <c r="G271"/>
       <c r="H271"/>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>556</v>
       </c>
       <c r="B272" t="s">
         <v>557</v>
       </c>
       <c r="C272" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D272"/>
       <c r="E272"/>
       <c r="F272"/>
       <c r="G272"/>
       <c r="H272"/>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>558</v>
       </c>
       <c r="B273" t="s">
         <v>559</v>
       </c>
       <c r="C273" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D273"/>
       <c r="E273"/>
       <c r="F273"/>
       <c r="G273"/>
       <c r="H273"/>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>560</v>
       </c>
       <c r="B274" t="s">
         <v>561</v>
       </c>
       <c r="C274" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D274"/>
       <c r="E274"/>
       <c r="F274"/>
       <c r="G274"/>
       <c r="H274"/>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
         <v>562</v>
       </c>
       <c r="B275" t="s">
         <v>563</v>
       </c>
       <c r="C275" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D275"/>
       <c r="E275"/>
       <c r="F275"/>
       <c r="G275"/>
       <c r="H275"/>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
         <v>564</v>
       </c>
       <c r="B276" t="s">
         <v>565</v>
       </c>
       <c r="C276" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D276"/>
       <c r="E276"/>
       <c r="F276"/>
       <c r="G276"/>
       <c r="H276"/>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
         <v>566</v>
       </c>
       <c r="B277" t="s">
         <v>567</v>
       </c>
       <c r="C277" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D277"/>
       <c r="E277"/>
       <c r="F277"/>
       <c r="G277"/>
       <c r="H277"/>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>568</v>
       </c>
       <c r="B278" t="s">
         <v>569</v>
       </c>
       <c r="C278" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D278"/>
       <c r="E278"/>
       <c r="F278"/>
       <c r="G278"/>
       <c r="H278"/>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>570</v>
       </c>
       <c r="B279" t="s">
         <v>571</v>
       </c>
       <c r="C279" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D279"/>
       <c r="E279"/>
       <c r="F279"/>
       <c r="G279"/>
       <c r="H279"/>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>572</v>
       </c>
       <c r="B280" t="s">
         <v>573</v>
       </c>
       <c r="C280" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D280"/>
       <c r="E280"/>
       <c r="F280"/>
       <c r="G280"/>
       <c r="H280"/>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
         <v>574</v>
       </c>
       <c r="B281" t="s">
         <v>575</v>
       </c>
       <c r="C281" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D281"/>
       <c r="E281"/>
       <c r="F281"/>
       <c r="G281"/>
       <c r="H281"/>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>576</v>
       </c>
       <c r="B282" t="s">
         <v>577</v>
       </c>
       <c r="C282" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D282"/>
       <c r="E282"/>
       <c r="F282"/>
       <c r="G282"/>
       <c r="H282"/>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
         <v>578</v>
       </c>
       <c r="B283" t="s">
         <v>579</v>
       </c>
       <c r="C283" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D283"/>
       <c r="E283"/>
       <c r="F283"/>
       <c r="G283"/>
       <c r="H283"/>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
         <v>580</v>
       </c>
       <c r="B284" t="s">
         <v>581</v>
       </c>
       <c r="C284" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D284"/>
       <c r="E284"/>
       <c r="F284"/>
       <c r="G284"/>
       <c r="H284"/>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
         <v>582</v>
       </c>
       <c r="B285" t="s">
         <v>583</v>
       </c>
       <c r="C285" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D285"/>
       <c r="E285"/>
       <c r="F285"/>
       <c r="G285"/>
       <c r="H285"/>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
         <v>584</v>
       </c>
       <c r="B286" t="s">
         <v>585</v>
       </c>
       <c r="C286" t="s">
-        <v>515</v>
+        <v>586</v>
       </c>
       <c r="D286"/>
-      <c r="E286"/>
+      <c r="E286">
+        <v>0</v>
+      </c>
       <c r="F286"/>
       <c r="G286"/>
       <c r="H286"/>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
+        <v>587</v>
+      </c>
+      <c r="B287" t="s">
+        <v>588</v>
+      </c>
+      <c r="C287" t="s">
         <v>586</v>
-      </c>
-[...4 lines deleted...]
-        <v>588</v>
       </c>
       <c r="D287"/>
       <c r="E287">
         <v>0</v>
       </c>
       <c r="F287"/>
       <c r="G287"/>
       <c r="H287"/>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>589</v>
       </c>
       <c r="B288" t="s">
         <v>590</v>
       </c>
       <c r="C288" t="s">
-        <v>588</v>
-[...1 lines deleted...]
-      <c r="D288"/>
+        <v>586</v>
+      </c>
+      <c r="D288" t="s">
+        <v>81</v>
+      </c>
       <c r="E288">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F288"/>
+        <v>1</v>
+      </c>
+      <c r="F288" t="s">
+        <v>591</v>
+      </c>
       <c r="G288"/>
       <c r="H288"/>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="B289" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="C289" t="s">
-        <v>588</v>
-[...3 lines deleted...]
-      </c>
+        <v>586</v>
+      </c>
+      <c r="D289"/>
       <c r="E289">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F289"/>
       <c r="G289"/>
       <c r="H289"/>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
         <v>594</v>
       </c>
       <c r="B290" t="s">
         <v>595</v>
       </c>
       <c r="C290" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="D290"/>
       <c r="E290">
         <v>0</v>
       </c>
       <c r="F290"/>
       <c r="G290"/>
       <c r="H290"/>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
         <v>596</v>
       </c>
       <c r="B291" t="s">
         <v>597</v>
       </c>
       <c r="C291" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="D291"/>
       <c r="E291">
         <v>0</v>
       </c>
       <c r="F291"/>
       <c r="G291"/>
       <c r="H291"/>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
         <v>598</v>
       </c>
       <c r="B292" t="s">
         <v>599</v>
       </c>
       <c r="C292" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="D292"/>
       <c r="E292">
         <v>0</v>
       </c>
       <c r="F292"/>
       <c r="G292"/>
       <c r="H292"/>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
         <v>600</v>
       </c>
       <c r="B293" t="s">
         <v>601</v>
       </c>
       <c r="C293" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="D293"/>
       <c r="E293">
         <v>0</v>
       </c>
       <c r="F293"/>
       <c r="G293"/>
       <c r="H293"/>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
         <v>602</v>
       </c>
       <c r="B294" t="s">
         <v>603</v>
       </c>
       <c r="C294" t="s">
-        <v>588</v>
-[...1 lines deleted...]
-      <c r="D294"/>
+        <v>586</v>
+      </c>
+      <c r="D294" t="s">
+        <v>367</v>
+      </c>
       <c r="E294">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F294"/>
+        <v>1</v>
+      </c>
+      <c r="F294" t="s">
+        <v>591</v>
+      </c>
       <c r="G294"/>
       <c r="H294"/>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>604</v>
       </c>
       <c r="B295" t="s">
         <v>605</v>
       </c>
       <c r="C295" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="D295" t="s">
-        <v>369</v>
+        <v>10</v>
       </c>
       <c r="E295">
         <v>1</v>
       </c>
       <c r="F295" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G295"/>
       <c r="H295"/>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>606</v>
       </c>
       <c r="B296" t="s">
         <v>607</v>
       </c>
       <c r="C296" t="s">
-        <v>588</v>
-[...3 lines deleted...]
-      </c>
+        <v>586</v>
+      </c>
+      <c r="D296"/>
       <c r="E296">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F296"/>
       <c r="G296"/>
       <c r="H296"/>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
         <v>608</v>
       </c>
       <c r="B297" t="s">
         <v>609</v>
       </c>
       <c r="C297" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="D297"/>
       <c r="E297">
         <v>0</v>
       </c>
       <c r="F297"/>
       <c r="G297"/>
       <c r="H297"/>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
         <v>610</v>
       </c>
       <c r="B298" t="s">
         <v>611</v>
       </c>
       <c r="C298" t="s">
-        <v>588</v>
-[...1 lines deleted...]
-      <c r="D298"/>
+        <v>586</v>
+      </c>
+      <c r="D298" t="s">
+        <v>154</v>
+      </c>
       <c r="E298">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F298"/>
+        <v>1</v>
+      </c>
+      <c r="F298" t="s">
+        <v>591</v>
+      </c>
       <c r="G298"/>
       <c r="H298"/>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
         <v>612</v>
       </c>
       <c r="B299" t="s">
         <v>613</v>
       </c>
       <c r="C299" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="D299" t="s">
-        <v>156</v>
+        <v>10</v>
       </c>
       <c r="E299">
         <v>1</v>
       </c>
       <c r="F299" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G299"/>
       <c r="H299"/>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
         <v>614</v>
       </c>
       <c r="B300" t="s">
         <v>615</v>
       </c>
       <c r="C300" t="s">
-        <v>588</v>
-[...3 lines deleted...]
-      </c>
+        <v>586</v>
+      </c>
+      <c r="D300"/>
       <c r="E300">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F300"/>
       <c r="G300"/>
       <c r="H300"/>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
         <v>616</v>
       </c>
       <c r="B301" t="s">
         <v>617</v>
       </c>
       <c r="C301" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="D301"/>
       <c r="E301">
         <v>0</v>
       </c>
       <c r="F301"/>
       <c r="G301"/>
       <c r="H301"/>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
         <v>618</v>
       </c>
       <c r="B302" t="s">
         <v>619</v>
       </c>
       <c r="C302" t="s">
-        <v>588</v>
-[...1 lines deleted...]
-      <c r="D302"/>
+        <v>586</v>
+      </c>
+      <c r="D302" t="s">
+        <v>10</v>
+      </c>
       <c r="E302">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F302"/>
+        <v>1</v>
+      </c>
+      <c r="F302" t="s">
+        <v>591</v>
+      </c>
       <c r="G302"/>
       <c r="H302"/>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
         <v>620</v>
       </c>
       <c r="B303" t="s">
         <v>621</v>
       </c>
       <c r="C303" t="s">
-        <v>588</v>
-[...3 lines deleted...]
-      </c>
+        <v>586</v>
+      </c>
+      <c r="D303"/>
       <c r="E303">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F303"/>
       <c r="G303"/>
       <c r="H303"/>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
         <v>622</v>
       </c>
       <c r="B304" t="s">
         <v>623</v>
       </c>
       <c r="C304" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="D304"/>
       <c r="E304">
         <v>0</v>
       </c>
       <c r="F304"/>
       <c r="G304"/>
       <c r="H304"/>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
         <v>624</v>
       </c>
       <c r="B305" t="s">
         <v>625</v>
       </c>
       <c r="C305" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="D305"/>
       <c r="E305">
         <v>0</v>
       </c>
       <c r="F305"/>
       <c r="G305"/>
       <c r="H305"/>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
         <v>626</v>
       </c>
       <c r="B306" t="s">
         <v>627</v>
       </c>
       <c r="C306" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="D306"/>
       <c r="E306">
         <v>0</v>
       </c>
       <c r="F306"/>
       <c r="G306"/>
       <c r="H306"/>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
         <v>628</v>
       </c>
       <c r="B307" t="s">
         <v>629</v>
       </c>
       <c r="C307" t="s">
-        <v>588</v>
-[...1 lines deleted...]
-      <c r="D307"/>
+        <v>586</v>
+      </c>
+      <c r="D307" t="s">
+        <v>81</v>
+      </c>
       <c r="E307">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F307"/>
+        <v>1</v>
+      </c>
+      <c r="F307" t="s">
+        <v>591</v>
+      </c>
       <c r="G307"/>
       <c r="H307"/>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
         <v>630</v>
       </c>
       <c r="B308" t="s">
         <v>631</v>
       </c>
       <c r="C308" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="D308" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="E308">
         <v>1</v>
       </c>
       <c r="F308" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G308"/>
       <c r="H308"/>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
         <v>632</v>
       </c>
       <c r="B309" t="s">
         <v>633</v>
       </c>
       <c r="C309" t="s">
-        <v>588</v>
-[...3 lines deleted...]
-      </c>
+        <v>586</v>
+      </c>
+      <c r="D309"/>
       <c r="E309">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F309"/>
       <c r="G309"/>
       <c r="H309"/>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
         <v>634</v>
       </c>
       <c r="B310" t="s">
         <v>635</v>
       </c>
       <c r="C310" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="D310"/>
       <c r="E310">
         <v>0</v>
       </c>
       <c r="F310"/>
       <c r="G310"/>
       <c r="H310"/>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
         <v>636</v>
       </c>
       <c r="B311" t="s">
         <v>637</v>
       </c>
       <c r="C311" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="D311"/>
       <c r="E311">
         <v>0</v>
       </c>
       <c r="F311"/>
       <c r="G311"/>
       <c r="H311"/>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
         <v>638</v>
       </c>
       <c r="B312" t="s">
         <v>639</v>
       </c>
       <c r="C312" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="D312"/>
       <c r="E312">
         <v>0</v>
       </c>
       <c r="F312"/>
       <c r="G312"/>
       <c r="H312"/>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
         <v>640</v>
       </c>
       <c r="B313" t="s">
         <v>641</v>
       </c>
       <c r="C313" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="D313"/>
       <c r="E313">
         <v>0</v>
       </c>
       <c r="F313"/>
       <c r="G313"/>
       <c r="H313"/>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
         <v>642</v>
       </c>
       <c r="B314" t="s">
         <v>643</v>
       </c>
       <c r="C314" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="D314"/>
       <c r="E314">
         <v>0</v>
       </c>
       <c r="F314"/>
       <c r="G314"/>
       <c r="H314"/>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
         <v>644</v>
       </c>
       <c r="B315" t="s">
         <v>645</v>
       </c>
       <c r="C315" t="s">
-        <v>588</v>
-[...1 lines deleted...]
-      <c r="D315"/>
+        <v>586</v>
+      </c>
+      <c r="D315" t="s">
+        <v>10</v>
+      </c>
       <c r="E315">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F315"/>
+        <v>1</v>
+      </c>
+      <c r="F315" t="s">
+        <v>591</v>
+      </c>
       <c r="G315"/>
       <c r="H315"/>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
         <v>646</v>
       </c>
       <c r="B316" t="s">
         <v>647</v>
       </c>
       <c r="C316" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="D316" t="s">
-        <v>10</v>
+        <v>154</v>
       </c>
       <c r="E316">
         <v>1</v>
       </c>
       <c r="F316" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G316"/>
       <c r="H316"/>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
         <v>648</v>
       </c>
       <c r="B317" t="s">
         <v>649</v>
       </c>
       <c r="C317" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="D317" t="s">
-        <v>156</v>
+        <v>367</v>
       </c>
       <c r="E317">
         <v>1</v>
       </c>
       <c r="F317" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G317"/>
       <c r="H317"/>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
         <v>650</v>
       </c>
       <c r="B318" t="s">
         <v>651</v>
       </c>
       <c r="C318" t="s">
-        <v>588</v>
-[...3 lines deleted...]
-      </c>
+        <v>586</v>
+      </c>
+      <c r="D318"/>
       <c r="E318">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F318"/>
       <c r="G318"/>
       <c r="H318"/>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
         <v>652</v>
       </c>
       <c r="B319" t="s">
         <v>653</v>
       </c>
       <c r="C319" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="D319"/>
       <c r="E319">
         <v>0</v>
       </c>
       <c r="F319"/>
       <c r="G319"/>
       <c r="H319"/>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
         <v>654</v>
       </c>
       <c r="B320" t="s">
         <v>655</v>
       </c>
       <c r="C320" t="s">
-        <v>588</v>
-[...1 lines deleted...]
-      <c r="D320"/>
+        <v>586</v>
+      </c>
+      <c r="D320" t="s">
+        <v>154</v>
+      </c>
       <c r="E320">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F320"/>
+        <v>1</v>
+      </c>
+      <c r="F320" t="s">
+        <v>591</v>
+      </c>
       <c r="G320"/>
       <c r="H320"/>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
         <v>656</v>
       </c>
       <c r="B321" t="s">
         <v>657</v>
       </c>
       <c r="C321" t="s">
-        <v>588</v>
-[...3 lines deleted...]
-      </c>
+        <v>586</v>
+      </c>
+      <c r="D321"/>
       <c r="E321">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F321"/>
       <c r="G321"/>
       <c r="H321"/>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
         <v>658</v>
       </c>
       <c r="B322" t="s">
         <v>659</v>
       </c>
       <c r="C322" t="s">
-        <v>588</v>
+        <v>660</v>
       </c>
       <c r="D322"/>
       <c r="E322">
         <v>0</v>
       </c>
       <c r="F322"/>
       <c r="G322"/>
       <c r="H322"/>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
+        <v>661</v>
+      </c>
+      <c r="B323" t="s">
+        <v>662</v>
+      </c>
+      <c r="C323" t="s">
         <v>660</v>
-      </c>
-[...4 lines deleted...]
-        <v>662</v>
       </c>
       <c r="D323"/>
       <c r="E323">
         <v>0</v>
       </c>
       <c r="F323"/>
       <c r="G323"/>
       <c r="H323"/>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
         <v>663</v>
       </c>
       <c r="B324" t="s">
         <v>664</v>
       </c>
       <c r="C324" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="D324"/>
       <c r="E324">
         <v>0</v>
       </c>
       <c r="F324"/>
       <c r="G324"/>
       <c r="H324"/>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
         <v>665</v>
       </c>
       <c r="B325" t="s">
         <v>666</v>
       </c>
       <c r="C325" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="D325"/>
       <c r="E325">
         <v>0</v>
       </c>
       <c r="F325"/>
       <c r="G325"/>
       <c r="H325"/>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
         <v>667</v>
       </c>
       <c r="B326" t="s">
         <v>668</v>
       </c>
       <c r="C326" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="D326"/>
       <c r="E326">
         <v>0</v>
       </c>
       <c r="F326"/>
       <c r="G326"/>
       <c r="H326"/>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
         <v>669</v>
       </c>
       <c r="B327" t="s">
         <v>670</v>
       </c>
       <c r="C327" t="s">
-        <v>662</v>
-[...1 lines deleted...]
-      <c r="D327"/>
+        <v>660</v>
+      </c>
+      <c r="D327" t="s">
+        <v>367</v>
+      </c>
       <c r="E327">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F327"/>
+        <v>1</v>
+      </c>
+      <c r="F327" t="s">
+        <v>591</v>
+      </c>
       <c r="G327"/>
       <c r="H327"/>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
         <v>671</v>
       </c>
       <c r="B328" t="s">
         <v>672</v>
       </c>
       <c r="C328" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="D328" t="s">
-        <v>369</v>
+        <v>223</v>
       </c>
       <c r="E328">
         <v>1</v>
       </c>
       <c r="F328" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G328"/>
       <c r="H328"/>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
         <v>673</v>
       </c>
       <c r="B329" t="s">
         <v>674</v>
       </c>
       <c r="C329" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="D329" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="E329">
         <v>1</v>
       </c>
       <c r="F329" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G329"/>
       <c r="H329"/>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
         <v>675</v>
       </c>
       <c r="B330" t="s">
         <v>676</v>
       </c>
       <c r="C330" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="D330" t="s">
-        <v>225</v>
+        <v>513</v>
       </c>
       <c r="E330">
         <v>1</v>
       </c>
       <c r="F330" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G330"/>
       <c r="H330"/>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
         <v>677</v>
       </c>
       <c r="B331" t="s">
         <v>678</v>
       </c>
       <c r="C331" t="s">
-        <v>662</v>
-[...3 lines deleted...]
-      </c>
+        <v>660</v>
+      </c>
+      <c r="D331"/>
       <c r="E331">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F331"/>
       <c r="G331"/>
       <c r="H331"/>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
         <v>679</v>
       </c>
       <c r="B332" t="s">
         <v>680</v>
       </c>
       <c r="C332" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="D332"/>
       <c r="E332">
         <v>0</v>
       </c>
       <c r="F332"/>
       <c r="G332"/>
       <c r="H332"/>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
         <v>681</v>
       </c>
       <c r="B333" t="s">
         <v>682</v>
       </c>
       <c r="C333" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="D333"/>
       <c r="E333">
         <v>0</v>
       </c>
       <c r="F333"/>
       <c r="G333"/>
       <c r="H333"/>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
         <v>683</v>
       </c>
       <c r="B334" t="s">
         <v>684</v>
       </c>
       <c r="C334" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="D334"/>
       <c r="E334">
         <v>0</v>
       </c>
       <c r="F334"/>
       <c r="G334"/>
       <c r="H334"/>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
         <v>685</v>
       </c>
       <c r="B335" t="s">
         <v>686</v>
       </c>
       <c r="C335" t="s">
-        <v>662</v>
-[...1 lines deleted...]
-      <c r="D335"/>
+        <v>660</v>
+      </c>
+      <c r="D335" t="s">
+        <v>10</v>
+      </c>
       <c r="E335">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F335"/>
+        <v>1</v>
+      </c>
+      <c r="F335" t="s">
+        <v>591</v>
+      </c>
       <c r="G335"/>
       <c r="H335"/>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
         <v>687</v>
       </c>
       <c r="B336" t="s">
         <v>688</v>
       </c>
       <c r="C336" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="D336" t="s">
-        <v>10</v>
+        <v>440</v>
       </c>
       <c r="E336">
         <v>1</v>
       </c>
       <c r="F336" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G336"/>
       <c r="H336"/>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
         <v>689</v>
       </c>
       <c r="B337" t="s">
         <v>690</v>
       </c>
       <c r="C337" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="D337" t="s">
-        <v>442</v>
+        <v>223</v>
       </c>
       <c r="E337">
         <v>1</v>
       </c>
       <c r="F337" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G337"/>
       <c r="H337"/>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
         <v>691</v>
       </c>
       <c r="B338" t="s">
         <v>692</v>
       </c>
       <c r="C338" t="s">
-        <v>662</v>
-[...3 lines deleted...]
-      </c>
+        <v>660</v>
+      </c>
+      <c r="D338"/>
       <c r="E338">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F338"/>
       <c r="G338"/>
       <c r="H338"/>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
         <v>693</v>
       </c>
       <c r="B339" t="s">
         <v>694</v>
       </c>
       <c r="C339" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="D339"/>
       <c r="E339">
         <v>0</v>
       </c>
       <c r="F339"/>
       <c r="G339"/>
       <c r="H339"/>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
         <v>695</v>
       </c>
       <c r="B340" t="s">
         <v>696</v>
       </c>
       <c r="C340" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="D340"/>
       <c r="E340">
         <v>0</v>
       </c>
       <c r="F340"/>
       <c r="G340"/>
       <c r="H340"/>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
         <v>697</v>
       </c>
       <c r="B341" t="s">
         <v>698</v>
       </c>
       <c r="C341" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="D341"/>
       <c r="E341">
         <v>0</v>
       </c>
       <c r="F341"/>
       <c r="G341"/>
       <c r="H341"/>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
         <v>699</v>
       </c>
       <c r="B342" t="s">
         <v>700</v>
       </c>
       <c r="C342" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="D342"/>
       <c r="E342">
         <v>0</v>
       </c>
       <c r="F342"/>
       <c r="G342"/>
       <c r="H342"/>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
         <v>701</v>
       </c>
       <c r="B343" t="s">
         <v>702</v>
       </c>
       <c r="C343" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="D343"/>
       <c r="E343">
         <v>0</v>
       </c>
       <c r="F343"/>
       <c r="G343"/>
       <c r="H343"/>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
         <v>703</v>
       </c>
       <c r="B344" t="s">
         <v>704</v>
       </c>
       <c r="C344" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="D344"/>
       <c r="E344">
         <v>0</v>
       </c>
       <c r="F344"/>
       <c r="G344"/>
       <c r="H344"/>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
         <v>705</v>
       </c>
       <c r="B345" t="s">
         <v>706</v>
       </c>
       <c r="C345" t="s">
-        <v>662</v>
-[...1 lines deleted...]
-      <c r="D345"/>
+        <v>660</v>
+      </c>
+      <c r="D345" t="s">
+        <v>367</v>
+      </c>
       <c r="E345">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F345"/>
+        <v>1</v>
+      </c>
+      <c r="F345" t="s">
+        <v>591</v>
+      </c>
       <c r="G345"/>
       <c r="H345"/>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
         <v>707</v>
       </c>
       <c r="B346" t="s">
         <v>708</v>
       </c>
       <c r="C346" t="s">
-        <v>662</v>
-[...3 lines deleted...]
-      </c>
+        <v>660</v>
+      </c>
+      <c r="D346"/>
       <c r="E346">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F346"/>
       <c r="G346"/>
       <c r="H346"/>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
         <v>709</v>
       </c>
       <c r="B347" t="s">
         <v>710</v>
       </c>
       <c r="C347" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="D347"/>
       <c r="E347">
         <v>0</v>
       </c>
       <c r="F347"/>
       <c r="G347"/>
       <c r="H347"/>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
         <v>711</v>
       </c>
       <c r="B348" t="s">
         <v>712</v>
       </c>
       <c r="C348" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="D348"/>
       <c r="E348">
         <v>0</v>
       </c>
       <c r="F348"/>
       <c r="G348"/>
       <c r="H348"/>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
         <v>713</v>
       </c>
       <c r="B349" t="s">
         <v>714</v>
       </c>
       <c r="C349" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="D349"/>
       <c r="E349">
         <v>0</v>
       </c>
       <c r="F349"/>
       <c r="G349"/>
       <c r="H349"/>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
         <v>715</v>
       </c>
       <c r="B350" t="s">
         <v>716</v>
       </c>
       <c r="C350" t="s">
-        <v>662</v>
-[...1 lines deleted...]
-      <c r="D350"/>
+        <v>660</v>
+      </c>
+      <c r="D350" t="s">
+        <v>367</v>
+      </c>
       <c r="E350">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F350"/>
+        <v>1</v>
+      </c>
+      <c r="F350" t="s">
+        <v>591</v>
+      </c>
       <c r="G350"/>
       <c r="H350"/>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
         <v>717</v>
       </c>
       <c r="B351" t="s">
         <v>718</v>
       </c>
       <c r="C351" t="s">
-        <v>662</v>
-[...3 lines deleted...]
-      </c>
+        <v>660</v>
+      </c>
+      <c r="D351"/>
       <c r="E351">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F351"/>
       <c r="G351"/>
       <c r="H351"/>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
         <v>719</v>
       </c>
       <c r="B352" t="s">
         <v>720</v>
       </c>
       <c r="C352" t="s">
-        <v>662</v>
-[...1 lines deleted...]
-      <c r="D352"/>
+        <v>660</v>
+      </c>
+      <c r="D352" t="s">
+        <v>294</v>
+      </c>
       <c r="E352">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F352"/>
+        <v>1</v>
+      </c>
+      <c r="F352" t="s">
+        <v>591</v>
+      </c>
       <c r="G352"/>
       <c r="H352"/>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
         <v>721</v>
       </c>
       <c r="B353" t="s">
         <v>722</v>
       </c>
       <c r="C353" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="D353" t="s">
-        <v>296</v>
+        <v>513</v>
       </c>
       <c r="E353">
         <v>1</v>
       </c>
       <c r="F353" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G353"/>
       <c r="H353"/>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
         <v>723</v>
       </c>
       <c r="B354" t="s">
         <v>724</v>
       </c>
       <c r="C354" t="s">
-        <v>662</v>
-[...3 lines deleted...]
-      </c>
+        <v>660</v>
+      </c>
+      <c r="D354"/>
       <c r="E354">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F354"/>
       <c r="G354"/>
       <c r="H354"/>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>725</v>
       </c>
       <c r="B355" t="s">
         <v>726</v>
       </c>
       <c r="C355" t="s">
-        <v>662</v>
-[...1 lines deleted...]
-      <c r="D355"/>
+        <v>660</v>
+      </c>
+      <c r="D355" t="s">
+        <v>440</v>
+      </c>
       <c r="E355">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F355"/>
+        <v>1</v>
+      </c>
+      <c r="F355" t="s">
+        <v>591</v>
+      </c>
       <c r="G355"/>
       <c r="H355"/>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
         <v>727</v>
       </c>
       <c r="B356" t="s">
         <v>728</v>
       </c>
       <c r="C356" t="s">
-        <v>662</v>
-[...3 lines deleted...]
-      </c>
+        <v>660</v>
+      </c>
+      <c r="D356"/>
       <c r="E356">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F356"/>
       <c r="G356"/>
       <c r="H356"/>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
         <v>729</v>
       </c>
       <c r="B357" t="s">
         <v>730</v>
       </c>
       <c r="C357" t="s">
-        <v>662</v>
-[...1 lines deleted...]
-      <c r="D357"/>
+        <v>660</v>
+      </c>
+      <c r="D357" t="s">
+        <v>367</v>
+      </c>
       <c r="E357">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F357"/>
+        <v>1</v>
+      </c>
+      <c r="F357" t="s">
+        <v>591</v>
+      </c>
       <c r="G357"/>
       <c r="H357"/>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
         <v>731</v>
       </c>
       <c r="B358" t="s">
         <v>732</v>
       </c>
       <c r="C358" t="s">
-        <v>662</v>
-[...3 lines deleted...]
-      </c>
+        <v>733</v>
+      </c>
+      <c r="D358"/>
       <c r="E358">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F358"/>
       <c r="G358"/>
       <c r="H358"/>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
+        <v>734</v>
+      </c>
+      <c r="B359" t="s">
+        <v>735</v>
+      </c>
+      <c r="C359" t="s">
         <v>733</v>
-      </c>
-[...4 lines deleted...]
-        <v>735</v>
       </c>
       <c r="D359"/>
       <c r="E359">
         <v>0</v>
       </c>
       <c r="F359"/>
       <c r="G359"/>
       <c r="H359"/>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
         <v>736</v>
       </c>
       <c r="B360" t="s">
         <v>737</v>
       </c>
       <c r="C360" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="D360"/>
       <c r="E360">
         <v>0</v>
       </c>
       <c r="F360"/>
       <c r="G360"/>
       <c r="H360"/>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
         <v>738</v>
       </c>
       <c r="B361" t="s">
         <v>739</v>
       </c>
       <c r="C361" t="s">
-        <v>735</v>
-[...1 lines deleted...]
-      <c r="D361"/>
+        <v>733</v>
+      </c>
+      <c r="D361" t="s">
+        <v>513</v>
+      </c>
       <c r="E361">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F361"/>
+        <v>1</v>
+      </c>
+      <c r="F361" t="s">
+        <v>591</v>
+      </c>
       <c r="G361"/>
       <c r="H361"/>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
         <v>740</v>
       </c>
       <c r="B362" t="s">
         <v>741</v>
       </c>
       <c r="C362" t="s">
-        <v>735</v>
-[...3 lines deleted...]
-      </c>
+        <v>733</v>
+      </c>
+      <c r="D362"/>
       <c r="E362">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F362"/>
       <c r="G362"/>
       <c r="H362"/>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
         <v>742</v>
       </c>
       <c r="B363" t="s">
         <v>743</v>
       </c>
       <c r="C363" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="D363"/>
       <c r="E363">
         <v>0</v>
       </c>
       <c r="F363"/>
       <c r="G363"/>
       <c r="H363"/>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
         <v>744</v>
       </c>
       <c r="B364" t="s">
         <v>745</v>
       </c>
       <c r="C364" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="D364"/>
       <c r="E364">
         <v>0</v>
       </c>
       <c r="F364"/>
       <c r="G364"/>
       <c r="H364"/>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
         <v>746</v>
       </c>
       <c r="B365" t="s">
         <v>747</v>
       </c>
       <c r="C365" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="D365"/>
       <c r="E365">
         <v>0</v>
       </c>
       <c r="F365"/>
       <c r="G365"/>
       <c r="H365"/>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
         <v>748</v>
       </c>
       <c r="B366" t="s">
         <v>749</v>
       </c>
       <c r="C366" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="D366"/>
       <c r="E366">
         <v>0</v>
       </c>
       <c r="F366"/>
       <c r="G366"/>
       <c r="H366"/>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
         <v>750</v>
       </c>
       <c r="B367" t="s">
         <v>751</v>
       </c>
       <c r="C367" t="s">
-        <v>735</v>
-[...1 lines deleted...]
-      <c r="D367"/>
+        <v>733</v>
+      </c>
+      <c r="D367" t="s">
+        <v>81</v>
+      </c>
       <c r="E367">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F367"/>
+        <v>1</v>
+      </c>
+      <c r="F367" t="s">
+        <v>591</v>
+      </c>
       <c r="G367"/>
       <c r="H367"/>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
         <v>752</v>
       </c>
       <c r="B368" t="s">
         <v>753</v>
       </c>
       <c r="C368" t="s">
-        <v>735</v>
-[...3 lines deleted...]
-      </c>
+        <v>733</v>
+      </c>
+      <c r="D368"/>
       <c r="E368">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F368"/>
       <c r="G368"/>
       <c r="H368"/>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
         <v>754</v>
       </c>
       <c r="B369" t="s">
         <v>755</v>
       </c>
       <c r="C369" t="s">
-        <v>735</v>
-[...1 lines deleted...]
-      <c r="D369"/>
+        <v>733</v>
+      </c>
+      <c r="D369" t="s">
+        <v>756</v>
+      </c>
       <c r="E369">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F369"/>
+        <v>1</v>
+      </c>
+      <c r="F369" t="s">
+        <v>591</v>
+      </c>
       <c r="G369"/>
       <c r="H369"/>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="B370" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="C370" t="s">
-        <v>735</v>
-[...3 lines deleted...]
-      </c>
+        <v>733</v>
+      </c>
+      <c r="D370"/>
       <c r="E370">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F370"/>
       <c r="G370"/>
       <c r="H370"/>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
         <v>759</v>
       </c>
       <c r="B371" t="s">
         <v>760</v>
       </c>
       <c r="C371" t="s">
-        <v>735</v>
-[...1 lines deleted...]
-      <c r="D371"/>
+        <v>733</v>
+      </c>
+      <c r="D371" t="s">
+        <v>756</v>
+      </c>
       <c r="E371">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F371"/>
+        <v>1</v>
+      </c>
+      <c r="F371" t="s">
+        <v>591</v>
+      </c>
       <c r="G371"/>
       <c r="H371"/>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
         <v>761</v>
       </c>
       <c r="B372" t="s">
         <v>762</v>
       </c>
       <c r="C372" t="s">
-        <v>735</v>
-[...3 lines deleted...]
-      </c>
+        <v>733</v>
+      </c>
+      <c r="D372"/>
       <c r="E372">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F372"/>
       <c r="G372"/>
       <c r="H372"/>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
         <v>763</v>
       </c>
       <c r="B373" t="s">
         <v>764</v>
       </c>
       <c r="C373" t="s">
-        <v>735</v>
-[...1 lines deleted...]
-      <c r="D373"/>
+        <v>733</v>
+      </c>
+      <c r="D373" t="s">
+        <v>223</v>
+      </c>
       <c r="E373">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F373"/>
+        <v>1</v>
+      </c>
+      <c r="F373" t="s">
+        <v>591</v>
+      </c>
       <c r="G373"/>
       <c r="H373"/>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
         <v>765</v>
       </c>
       <c r="B374" t="s">
         <v>766</v>
       </c>
       <c r="C374" t="s">
-        <v>735</v>
-[...3 lines deleted...]
-      </c>
+        <v>733</v>
+      </c>
+      <c r="D374"/>
       <c r="E374">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F374"/>
       <c r="G374"/>
       <c r="H374"/>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
         <v>767</v>
       </c>
       <c r="B375" t="s">
         <v>768</v>
       </c>
       <c r="C375" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="D375"/>
       <c r="E375">
         <v>0</v>
       </c>
       <c r="F375"/>
       <c r="G375"/>
       <c r="H375"/>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
         <v>769</v>
       </c>
       <c r="B376" t="s">
         <v>770</v>
       </c>
       <c r="C376" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="D376"/>
       <c r="E376">
         <v>0</v>
       </c>
       <c r="F376"/>
       <c r="G376"/>
       <c r="H376"/>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
         <v>771</v>
       </c>
       <c r="B377" t="s">
         <v>772</v>
       </c>
       <c r="C377" t="s">
-        <v>735</v>
-[...1 lines deleted...]
-      <c r="D377"/>
+        <v>733</v>
+      </c>
+      <c r="D377" t="s">
+        <v>367</v>
+      </c>
       <c r="E377">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F377"/>
+        <v>1</v>
+      </c>
+      <c r="F377" t="s">
+        <v>591</v>
+      </c>
       <c r="G377"/>
       <c r="H377"/>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
         <v>773</v>
       </c>
       <c r="B378" t="s">
         <v>774</v>
       </c>
       <c r="C378" t="s">
-        <v>735</v>
-[...3 lines deleted...]
-      </c>
+        <v>733</v>
+      </c>
+      <c r="D378"/>
       <c r="E378">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F378"/>
       <c r="G378"/>
       <c r="H378"/>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
         <v>775</v>
       </c>
       <c r="B379" t="s">
         <v>776</v>
       </c>
       <c r="C379" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="D379"/>
       <c r="E379">
         <v>0</v>
       </c>
       <c r="F379"/>
       <c r="G379"/>
       <c r="H379"/>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
         <v>777</v>
       </c>
       <c r="B380" t="s">
         <v>778</v>
       </c>
       <c r="C380" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="D380"/>
       <c r="E380">
         <v>0</v>
       </c>
       <c r="F380"/>
       <c r="G380"/>
       <c r="H380"/>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
         <v>779</v>
       </c>
       <c r="B381" t="s">
         <v>780</v>
       </c>
       <c r="C381" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="D381"/>
       <c r="E381">
         <v>0</v>
       </c>
       <c r="F381"/>
       <c r="G381"/>
       <c r="H381"/>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
         <v>781</v>
       </c>
       <c r="B382" t="s">
         <v>782</v>
       </c>
       <c r="C382" t="s">
-        <v>735</v>
-[...1 lines deleted...]
-      <c r="D382"/>
+        <v>733</v>
+      </c>
+      <c r="D382" t="s">
+        <v>154</v>
+      </c>
       <c r="E382">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F382"/>
+        <v>1</v>
+      </c>
+      <c r="F382" t="s">
+        <v>591</v>
+      </c>
       <c r="G382"/>
       <c r="H382"/>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
         <v>783</v>
       </c>
       <c r="B383" t="s">
         <v>784</v>
       </c>
       <c r="C383" t="s">
-        <v>735</v>
-[...3 lines deleted...]
-      </c>
+        <v>733</v>
+      </c>
+      <c r="D383"/>
       <c r="E383">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F383"/>
       <c r="G383"/>
       <c r="H383"/>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
         <v>785</v>
       </c>
       <c r="B384" t="s">
         <v>786</v>
       </c>
       <c r="C384" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="D384"/>
       <c r="E384">
         <v>0</v>
       </c>
       <c r="F384"/>
       <c r="G384"/>
       <c r="H384"/>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
         <v>787</v>
       </c>
       <c r="B385" t="s">
         <v>788</v>
       </c>
       <c r="C385" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="D385"/>
       <c r="E385">
         <v>0</v>
       </c>
       <c r="F385"/>
       <c r="G385"/>
       <c r="H385"/>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
         <v>789</v>
       </c>
       <c r="B386" t="s">
         <v>790</v>
       </c>
       <c r="C386" t="s">
-        <v>735</v>
-[...1 lines deleted...]
-      <c r="D386"/>
+        <v>733</v>
+      </c>
+      <c r="D386" t="s">
+        <v>294</v>
+      </c>
       <c r="E386">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F386"/>
+        <v>1</v>
+      </c>
+      <c r="F386" t="s">
+        <v>591</v>
+      </c>
       <c r="G386"/>
       <c r="H386"/>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
         <v>791</v>
       </c>
       <c r="B387" t="s">
         <v>792</v>
       </c>
       <c r="C387" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="D387" t="s">
-        <v>296</v>
+        <v>154</v>
       </c>
       <c r="E387">
         <v>1</v>
       </c>
       <c r="F387" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G387"/>
       <c r="H387"/>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
         <v>793</v>
       </c>
       <c r="B388" t="s">
         <v>794</v>
       </c>
       <c r="C388" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="D388" t="s">
-        <v>156</v>
+        <v>294</v>
       </c>
       <c r="E388">
         <v>1</v>
       </c>
       <c r="F388" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G388"/>
       <c r="H388"/>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
         <v>795</v>
       </c>
       <c r="B389" t="s">
         <v>796</v>
       </c>
       <c r="C389" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="D389" t="s">
-        <v>296</v>
+        <v>513</v>
       </c>
       <c r="E389">
         <v>1</v>
       </c>
       <c r="F389" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G389"/>
       <c r="H389"/>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
         <v>797</v>
       </c>
       <c r="B390" t="s">
         <v>798</v>
       </c>
       <c r="C390" t="s">
-        <v>735</v>
-[...3 lines deleted...]
-      </c>
+        <v>733</v>
+      </c>
+      <c r="D390"/>
       <c r="E390">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F390"/>
       <c r="G390"/>
       <c r="H390"/>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
         <v>799</v>
       </c>
       <c r="B391" t="s">
         <v>800</v>
       </c>
       <c r="C391" t="s">
-        <v>735</v>
-[...1 lines deleted...]
-      <c r="D391"/>
+        <v>733</v>
+      </c>
+      <c r="D391" t="s">
+        <v>154</v>
+      </c>
       <c r="E391">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F391"/>
+        <v>1</v>
+      </c>
+      <c r="F391" t="s">
+        <v>591</v>
+      </c>
       <c r="G391"/>
       <c r="H391"/>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
         <v>801</v>
       </c>
       <c r="B392" t="s">
         <v>802</v>
       </c>
       <c r="C392" t="s">
-        <v>735</v>
-[...3 lines deleted...]
-      </c>
+        <v>733</v>
+      </c>
+      <c r="D392"/>
       <c r="E392">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F392"/>
       <c r="G392"/>
       <c r="H392"/>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
         <v>803</v>
       </c>
       <c r="B393" t="s">
         <v>804</v>
       </c>
       <c r="C393" t="s">
-        <v>735</v>
-[...1 lines deleted...]
-      <c r="D393"/>
+        <v>733</v>
+      </c>
+      <c r="D393" t="s">
+        <v>10</v>
+      </c>
       <c r="E393">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F393"/>
+        <v>1</v>
+      </c>
+      <c r="F393" t="s">
+        <v>591</v>
+      </c>
       <c r="G393"/>
       <c r="H393"/>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
         <v>805</v>
       </c>
       <c r="B394" t="s">
         <v>806</v>
       </c>
       <c r="C394" t="s">
-        <v>735</v>
+        <v>807</v>
       </c>
       <c r="D394" t="s">
-        <v>10</v>
+        <v>294</v>
       </c>
       <c r="E394">
         <v>1</v>
       </c>
       <c r="F394" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G394"/>
       <c r="H394"/>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
+        <v>808</v>
+      </c>
+      <c r="B395" t="s">
+        <v>809</v>
+      </c>
+      <c r="C395" t="s">
         <v>807</v>
       </c>
-      <c r="B395" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D395"/>
       <c r="E395">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F395"/>
       <c r="G395"/>
       <c r="H395"/>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
         <v>810</v>
       </c>
       <c r="B396" t="s">
         <v>811</v>
       </c>
       <c r="C396" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="D396"/>
       <c r="E396">
         <v>0</v>
       </c>
       <c r="F396"/>
       <c r="G396"/>
       <c r="H396"/>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
         <v>812</v>
       </c>
       <c r="B397" t="s">
         <v>813</v>
       </c>
       <c r="C397" t="s">
-        <v>809</v>
-[...1 lines deleted...]
-      <c r="D397"/>
+        <v>807</v>
+      </c>
+      <c r="D397" t="s">
+        <v>223</v>
+      </c>
       <c r="E397">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F397"/>
+        <v>1</v>
+      </c>
+      <c r="F397" t="s">
+        <v>591</v>
+      </c>
       <c r="G397"/>
       <c r="H397"/>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
         <v>814</v>
       </c>
       <c r="B398" t="s">
         <v>815</v>
       </c>
       <c r="C398" t="s">
-        <v>809</v>
-[...3 lines deleted...]
-      </c>
+        <v>807</v>
+      </c>
+      <c r="D398"/>
       <c r="E398">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F398"/>
       <c r="G398"/>
       <c r="H398"/>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
         <v>816</v>
       </c>
       <c r="B399" t="s">
         <v>817</v>
       </c>
       <c r="C399" t="s">
-        <v>809</v>
-[...1 lines deleted...]
-      <c r="D399"/>
+        <v>807</v>
+      </c>
+      <c r="D399" t="s">
+        <v>223</v>
+      </c>
       <c r="E399">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F399"/>
+        <v>1</v>
+      </c>
+      <c r="F399" t="s">
+        <v>591</v>
+      </c>
       <c r="G399"/>
       <c r="H399"/>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
         <v>818</v>
       </c>
       <c r="B400" t="s">
         <v>819</v>
       </c>
       <c r="C400" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="D400" t="s">
-        <v>225</v>
+        <v>440</v>
       </c>
       <c r="E400">
         <v>1</v>
       </c>
       <c r="F400" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G400"/>
       <c r="H400"/>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
         <v>820</v>
       </c>
       <c r="B401" t="s">
         <v>821</v>
       </c>
       <c r="C401" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="D401" t="s">
-        <v>442</v>
+        <v>154</v>
       </c>
       <c r="E401">
         <v>1</v>
       </c>
       <c r="F401" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G401"/>
       <c r="H401"/>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
         <v>822</v>
       </c>
       <c r="B402" t="s">
         <v>823</v>
       </c>
       <c r="C402" t="s">
-        <v>809</v>
-[...3 lines deleted...]
-      </c>
+        <v>807</v>
+      </c>
+      <c r="D402"/>
       <c r="E402">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F402"/>
       <c r="G402"/>
       <c r="H402"/>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
         <v>824</v>
       </c>
       <c r="B403" t="s">
         <v>825</v>
       </c>
       <c r="C403" t="s">
-        <v>809</v>
-[...1 lines deleted...]
-      <c r="D403"/>
+        <v>807</v>
+      </c>
+      <c r="D403" t="s">
+        <v>294</v>
+      </c>
       <c r="E403">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F403"/>
+        <v>1</v>
+      </c>
+      <c r="F403" t="s">
+        <v>591</v>
+      </c>
       <c r="G403"/>
       <c r="H403"/>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
         <v>826</v>
       </c>
       <c r="B404" t="s">
         <v>827</v>
       </c>
       <c r="C404" t="s">
-        <v>809</v>
-[...3 lines deleted...]
-      </c>
+        <v>807</v>
+      </c>
+      <c r="D404"/>
       <c r="E404">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F404"/>
       <c r="G404"/>
       <c r="H404"/>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
         <v>828</v>
       </c>
       <c r="B405" t="s">
         <v>829</v>
       </c>
       <c r="C405" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="D405"/>
       <c r="E405">
         <v>0</v>
       </c>
       <c r="F405"/>
       <c r="G405"/>
       <c r="H405"/>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
         <v>830</v>
       </c>
       <c r="B406" t="s">
         <v>831</v>
       </c>
       <c r="C406" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="D406"/>
       <c r="E406">
         <v>0</v>
       </c>
       <c r="F406"/>
       <c r="G406"/>
       <c r="H406"/>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
         <v>832</v>
       </c>
       <c r="B407" t="s">
         <v>833</v>
       </c>
       <c r="C407" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="D407"/>
       <c r="E407">
         <v>0</v>
       </c>
       <c r="F407"/>
       <c r="G407"/>
       <c r="H407"/>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
         <v>834</v>
       </c>
       <c r="B408" t="s">
         <v>835</v>
       </c>
       <c r="C408" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="D408"/>
       <c r="E408">
         <v>0</v>
       </c>
       <c r="F408"/>
       <c r="G408"/>
       <c r="H408"/>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
         <v>836</v>
       </c>
       <c r="B409" t="s">
         <v>837</v>
       </c>
       <c r="C409" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="D409"/>
       <c r="E409">
         <v>0</v>
       </c>
       <c r="F409"/>
       <c r="G409"/>
       <c r="H409"/>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
         <v>838</v>
       </c>
       <c r="B410" t="s">
         <v>839</v>
       </c>
       <c r="C410" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="D410"/>
       <c r="E410">
         <v>0</v>
       </c>
       <c r="F410"/>
       <c r="G410"/>
       <c r="H410"/>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
         <v>840</v>
       </c>
       <c r="B411" t="s">
         <v>841</v>
       </c>
       <c r="C411" t="s">
-        <v>809</v>
-[...1 lines deleted...]
-      <c r="D411"/>
+        <v>807</v>
+      </c>
+      <c r="D411" t="s">
+        <v>154</v>
+      </c>
       <c r="E411">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F411"/>
+        <v>1</v>
+      </c>
+      <c r="F411" t="s">
+        <v>591</v>
+      </c>
       <c r="G411"/>
       <c r="H411"/>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
         <v>842</v>
       </c>
       <c r="B412" t="s">
         <v>843</v>
       </c>
       <c r="C412" t="s">
-        <v>809</v>
-[...3 lines deleted...]
-      </c>
+        <v>807</v>
+      </c>
+      <c r="D412"/>
       <c r="E412">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F412"/>
       <c r="G412"/>
       <c r="H412"/>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
         <v>844</v>
       </c>
       <c r="B413" t="s">
         <v>845</v>
       </c>
       <c r="C413" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="D413"/>
       <c r="E413">
         <v>0</v>
       </c>
       <c r="F413"/>
       <c r="G413"/>
       <c r="H413"/>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
         <v>846</v>
       </c>
       <c r="B414" t="s">
         <v>847</v>
       </c>
       <c r="C414" t="s">
-        <v>809</v>
-[...1 lines deleted...]
-      <c r="D414"/>
+        <v>807</v>
+      </c>
+      <c r="D414" t="s">
+        <v>367</v>
+      </c>
       <c r="E414">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F414"/>
+        <v>1</v>
+      </c>
+      <c r="F414" t="s">
+        <v>591</v>
+      </c>
       <c r="G414"/>
       <c r="H414"/>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
         <v>848</v>
       </c>
       <c r="B415" t="s">
         <v>849</v>
       </c>
       <c r="C415" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="D415" t="s">
-        <v>369</v>
+        <v>294</v>
       </c>
       <c r="E415">
         <v>1</v>
       </c>
       <c r="F415" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G415"/>
       <c r="H415"/>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
         <v>850</v>
       </c>
       <c r="B416" t="s">
         <v>851</v>
       </c>
       <c r="C416" t="s">
-        <v>809</v>
-[...3 lines deleted...]
-      </c>
+        <v>807</v>
+      </c>
+      <c r="D416"/>
       <c r="E416">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F416"/>
       <c r="G416"/>
       <c r="H416"/>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
         <v>852</v>
       </c>
       <c r="B417" t="s">
         <v>853</v>
       </c>
       <c r="C417" t="s">
-        <v>809</v>
-[...1 lines deleted...]
-      <c r="D417"/>
+        <v>807</v>
+      </c>
+      <c r="D417" t="s">
+        <v>10</v>
+      </c>
       <c r="E417">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F417"/>
+        <v>1</v>
+      </c>
+      <c r="F417" t="s">
+        <v>591</v>
+      </c>
       <c r="G417"/>
       <c r="H417"/>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
         <v>854</v>
       </c>
       <c r="B418" t="s">
         <v>855</v>
       </c>
       <c r="C418" t="s">
-        <v>809</v>
-[...3 lines deleted...]
-      </c>
+        <v>807</v>
+      </c>
+      <c r="D418"/>
       <c r="E418">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F418"/>
       <c r="G418"/>
       <c r="H418"/>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
         <v>856</v>
       </c>
       <c r="B419" t="s">
         <v>857</v>
       </c>
       <c r="C419" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="D419"/>
       <c r="E419">
         <v>0</v>
       </c>
       <c r="F419"/>
       <c r="G419"/>
       <c r="H419"/>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
         <v>858</v>
       </c>
       <c r="B420" t="s">
         <v>859</v>
       </c>
       <c r="C420" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="D420"/>
       <c r="E420">
         <v>0</v>
       </c>
       <c r="F420"/>
       <c r="G420"/>
       <c r="H420"/>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
         <v>860</v>
       </c>
       <c r="B421" t="s">
         <v>861</v>
       </c>
       <c r="C421" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="D421"/>
       <c r="E421">
         <v>0</v>
       </c>
       <c r="F421"/>
       <c r="G421"/>
       <c r="H421"/>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
         <v>862</v>
       </c>
       <c r="B422" t="s">
         <v>863</v>
       </c>
       <c r="C422" t="s">
-        <v>809</v>
-[...1 lines deleted...]
-      <c r="D422"/>
+        <v>807</v>
+      </c>
+      <c r="D422" t="s">
+        <v>294</v>
+      </c>
       <c r="E422">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F422"/>
+        <v>1</v>
+      </c>
+      <c r="F422" t="s">
+        <v>591</v>
+      </c>
       <c r="G422"/>
       <c r="H422"/>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
         <v>864</v>
       </c>
       <c r="B423" t="s">
         <v>865</v>
       </c>
       <c r="C423" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="D423" t="s">
-        <v>296</v>
+        <v>756</v>
       </c>
       <c r="E423">
         <v>1</v>
       </c>
       <c r="F423" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G423"/>
       <c r="H423"/>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
         <v>866</v>
       </c>
       <c r="B424" t="s">
         <v>867</v>
       </c>
       <c r="C424" t="s">
-        <v>809</v>
-[...3 lines deleted...]
-      </c>
+        <v>807</v>
+      </c>
+      <c r="D424"/>
       <c r="E424">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F424"/>
       <c r="G424"/>
       <c r="H424"/>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
         <v>868</v>
       </c>
       <c r="B425" t="s">
         <v>869</v>
       </c>
       <c r="C425" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="D425"/>
       <c r="E425">
         <v>0</v>
       </c>
       <c r="F425"/>
       <c r="G425"/>
       <c r="H425"/>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
         <v>870</v>
       </c>
       <c r="B426" t="s">
         <v>871</v>
       </c>
       <c r="C426" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="D426"/>
       <c r="E426">
         <v>0</v>
       </c>
       <c r="F426"/>
       <c r="G426"/>
       <c r="H426"/>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
         <v>872</v>
       </c>
       <c r="B427" t="s">
         <v>873</v>
       </c>
       <c r="C427" t="s">
-        <v>809</v>
-[...1 lines deleted...]
-      <c r="D427"/>
+        <v>807</v>
+      </c>
+      <c r="D427" t="s">
+        <v>367</v>
+      </c>
       <c r="E427">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F427"/>
+        <v>1</v>
+      </c>
+      <c r="F427" t="s">
+        <v>591</v>
+      </c>
       <c r="G427"/>
       <c r="H427"/>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
         <v>874</v>
       </c>
       <c r="B428" t="s">
         <v>875</v>
       </c>
       <c r="C428" t="s">
-        <v>809</v>
-[...3 lines deleted...]
-      </c>
+        <v>807</v>
+      </c>
+      <c r="D428"/>
       <c r="E428">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F428"/>
       <c r="G428"/>
       <c r="H428"/>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
         <v>876</v>
       </c>
       <c r="B429" t="s">
         <v>877</v>
       </c>
       <c r="C429" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="D429"/>
       <c r="E429">
         <v>0</v>
       </c>
       <c r="F429"/>
       <c r="G429"/>
       <c r="H429"/>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
         <v>878</v>
       </c>
       <c r="B430" t="s">
         <v>879</v>
       </c>
       <c r="C430" t="s">
-        <v>809</v>
+        <v>880</v>
       </c>
       <c r="D430"/>
       <c r="E430">
         <v>0</v>
       </c>
       <c r="F430"/>
       <c r="G430"/>
       <c r="H430"/>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
+        <v>881</v>
+      </c>
+      <c r="B431" t="s">
+        <v>882</v>
+      </c>
+      <c r="C431" t="s">
         <v>880</v>
-      </c>
-[...4 lines deleted...]
-        <v>882</v>
       </c>
       <c r="D431"/>
       <c r="E431">
         <v>0</v>
       </c>
       <c r="F431"/>
       <c r="G431"/>
       <c r="H431"/>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
         <v>883</v>
       </c>
       <c r="B432" t="s">
         <v>884</v>
       </c>
       <c r="C432" t="s">
-        <v>882</v>
-[...1 lines deleted...]
-      <c r="D432"/>
+        <v>880</v>
+      </c>
+      <c r="D432" t="s">
+        <v>440</v>
+      </c>
       <c r="E432">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F432"/>
+        <v>1</v>
+      </c>
+      <c r="F432" t="s">
+        <v>591</v>
+      </c>
       <c r="G432"/>
       <c r="H432"/>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
         <v>885</v>
       </c>
       <c r="B433" t="s">
         <v>886</v>
       </c>
       <c r="C433" t="s">
-        <v>882</v>
-[...3 lines deleted...]
-      </c>
+        <v>880</v>
+      </c>
+      <c r="D433"/>
       <c r="E433">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F433"/>
       <c r="G433"/>
       <c r="H433"/>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
         <v>887</v>
       </c>
       <c r="B434" t="s">
         <v>888</v>
       </c>
       <c r="C434" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="D434"/>
       <c r="E434">
         <v>0</v>
       </c>
       <c r="F434"/>
       <c r="G434"/>
       <c r="H434"/>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
         <v>889</v>
       </c>
       <c r="B435" t="s">
         <v>890</v>
       </c>
       <c r="C435" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="D435"/>
       <c r="E435">
         <v>0</v>
       </c>
       <c r="F435"/>
       <c r="G435"/>
       <c r="H435"/>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
         <v>891</v>
       </c>
       <c r="B436" t="s">
         <v>892</v>
       </c>
       <c r="C436" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="D436"/>
       <c r="E436">
         <v>0</v>
       </c>
       <c r="F436"/>
       <c r="G436"/>
       <c r="H436"/>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
         <v>893</v>
       </c>
       <c r="B437" t="s">
         <v>894</v>
       </c>
       <c r="C437" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="D437"/>
       <c r="E437">
         <v>0</v>
       </c>
       <c r="F437"/>
       <c r="G437"/>
       <c r="H437"/>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
         <v>895</v>
       </c>
       <c r="B438" t="s">
         <v>896</v>
       </c>
       <c r="C438" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="D438"/>
       <c r="E438">
         <v>0</v>
       </c>
       <c r="F438"/>
       <c r="G438"/>
       <c r="H438"/>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
         <v>897</v>
       </c>
       <c r="B439" t="s">
         <v>898</v>
       </c>
       <c r="C439" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="D439"/>
       <c r="E439">
         <v>0</v>
       </c>
       <c r="F439"/>
       <c r="G439"/>
       <c r="H439"/>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
         <v>899</v>
       </c>
       <c r="B440" t="s">
         <v>900</v>
       </c>
       <c r="C440" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="D440"/>
       <c r="E440">
         <v>0</v>
       </c>
       <c r="F440"/>
       <c r="G440"/>
       <c r="H440"/>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
         <v>901</v>
       </c>
       <c r="B441" t="s">
         <v>902</v>
       </c>
       <c r="C441" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="D441"/>
       <c r="E441">
         <v>0</v>
       </c>
       <c r="F441"/>
       <c r="G441"/>
       <c r="H441"/>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
         <v>903</v>
       </c>
       <c r="B442" t="s">
         <v>904</v>
       </c>
       <c r="C442" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="D442"/>
       <c r="E442">
         <v>0</v>
       </c>
       <c r="F442"/>
       <c r="G442"/>
       <c r="H442"/>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
         <v>905</v>
       </c>
       <c r="B443" t="s">
         <v>906</v>
       </c>
       <c r="C443" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="D443"/>
       <c r="E443">
         <v>0</v>
       </c>
       <c r="F443"/>
       <c r="G443"/>
       <c r="H443"/>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
         <v>907</v>
       </c>
       <c r="B444" t="s">
         <v>908</v>
       </c>
       <c r="C444" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="D444"/>
       <c r="E444">
         <v>0</v>
       </c>
       <c r="F444"/>
       <c r="G444"/>
       <c r="H444"/>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
         <v>909</v>
       </c>
       <c r="B445" t="s">
         <v>910</v>
       </c>
       <c r="C445" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="D445"/>
       <c r="E445">
         <v>0</v>
       </c>
       <c r="F445"/>
       <c r="G445"/>
       <c r="H445"/>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
         <v>911</v>
       </c>
       <c r="B446" t="s">
         <v>912</v>
       </c>
       <c r="C446" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="D446"/>
       <c r="E446">
         <v>0</v>
       </c>
       <c r="F446"/>
       <c r="G446"/>
       <c r="H446"/>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
         <v>913</v>
       </c>
       <c r="B447" t="s">
         <v>914</v>
       </c>
       <c r="C447" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="D447"/>
       <c r="E447">
         <v>0</v>
       </c>
       <c r="F447"/>
       <c r="G447"/>
       <c r="H447"/>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
         <v>915</v>
       </c>
       <c r="B448" t="s">
         <v>916</v>
       </c>
       <c r="C448" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="D448"/>
       <c r="E448">
         <v>0</v>
       </c>
       <c r="F448"/>
       <c r="G448"/>
       <c r="H448"/>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
         <v>917</v>
       </c>
       <c r="B449" t="s">
         <v>918</v>
       </c>
       <c r="C449" t="s">
-        <v>882</v>
-[...1 lines deleted...]
-      <c r="D449"/>
+        <v>880</v>
+      </c>
+      <c r="D449" t="s">
+        <v>440</v>
+      </c>
       <c r="E449">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F449"/>
+        <v>1</v>
+      </c>
+      <c r="F449" t="s">
+        <v>591</v>
+      </c>
       <c r="G449"/>
       <c r="H449"/>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
         <v>919</v>
       </c>
       <c r="B450" t="s">
         <v>920</v>
       </c>
       <c r="C450" t="s">
-        <v>882</v>
-[...3 lines deleted...]
-      </c>
+        <v>880</v>
+      </c>
+      <c r="D450"/>
       <c r="E450">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F450"/>
       <c r="G450"/>
       <c r="H450"/>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
         <v>921</v>
       </c>
       <c r="B451" t="s">
         <v>922</v>
       </c>
       <c r="C451" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="D451"/>
       <c r="E451">
         <v>0</v>
       </c>
       <c r="F451"/>
       <c r="G451"/>
       <c r="H451"/>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
         <v>923</v>
       </c>
       <c r="B452" t="s">
         <v>924</v>
       </c>
       <c r="C452" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="D452"/>
       <c r="E452">
         <v>0</v>
       </c>
       <c r="F452"/>
       <c r="G452"/>
       <c r="H452"/>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
         <v>925</v>
       </c>
       <c r="B453" t="s">
         <v>926</v>
       </c>
       <c r="C453" t="s">
-        <v>882</v>
-[...1 lines deleted...]
-      <c r="D453"/>
+        <v>880</v>
+      </c>
+      <c r="D453" t="s">
+        <v>294</v>
+      </c>
       <c r="E453">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F453"/>
+        <v>1</v>
+      </c>
+      <c r="F453" t="s">
+        <v>591</v>
+      </c>
       <c r="G453"/>
       <c r="H453"/>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
         <v>927</v>
       </c>
       <c r="B454" t="s">
         <v>928</v>
       </c>
       <c r="C454" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="D454" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="E454">
         <v>1</v>
       </c>
       <c r="F454" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G454"/>
       <c r="H454"/>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
         <v>929</v>
       </c>
       <c r="B455" t="s">
         <v>930</v>
       </c>
       <c r="C455" t="s">
-        <v>882</v>
-[...3 lines deleted...]
-      </c>
+        <v>880</v>
+      </c>
+      <c r="D455"/>
       <c r="E455">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F455"/>
       <c r="G455"/>
       <c r="H455"/>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
         <v>931</v>
       </c>
       <c r="B456" t="s">
         <v>932</v>
       </c>
       <c r="C456" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="D456"/>
       <c r="E456">
         <v>0</v>
       </c>
       <c r="F456"/>
       <c r="G456"/>
       <c r="H456"/>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
         <v>933</v>
       </c>
       <c r="B457" t="s">
         <v>934</v>
       </c>
       <c r="C457" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="D457"/>
       <c r="E457">
         <v>0</v>
       </c>
       <c r="F457"/>
       <c r="G457"/>
       <c r="H457"/>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
         <v>935</v>
       </c>
       <c r="B458" t="s">
         <v>936</v>
       </c>
       <c r="C458" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="D458"/>
       <c r="E458">
         <v>0</v>
       </c>
       <c r="F458"/>
       <c r="G458"/>
       <c r="H458"/>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
         <v>937</v>
       </c>
       <c r="B459" t="s">
         <v>938</v>
       </c>
       <c r="C459" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="D459"/>
       <c r="E459">
         <v>0</v>
       </c>
       <c r="F459"/>
       <c r="G459"/>
       <c r="H459"/>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
         <v>939</v>
       </c>
       <c r="B460" t="s">
         <v>940</v>
       </c>
       <c r="C460" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="D460"/>
       <c r="E460">
         <v>0</v>
       </c>
       <c r="F460"/>
       <c r="G460"/>
       <c r="H460"/>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
         <v>941</v>
       </c>
       <c r="B461" t="s">
         <v>942</v>
       </c>
       <c r="C461" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="D461"/>
       <c r="E461">
         <v>0</v>
       </c>
       <c r="F461"/>
       <c r="G461"/>
       <c r="H461"/>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
         <v>943</v>
       </c>
       <c r="B462" t="s">
         <v>944</v>
       </c>
       <c r="C462" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="D462"/>
       <c r="E462">
         <v>0</v>
       </c>
       <c r="F462"/>
       <c r="G462"/>
       <c r="H462"/>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
         <v>945</v>
       </c>
       <c r="B463" t="s">
         <v>946</v>
       </c>
       <c r="C463" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="D463"/>
       <c r="E463">
         <v>0</v>
       </c>
       <c r="F463"/>
       <c r="G463"/>
       <c r="H463"/>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
         <v>947</v>
       </c>
       <c r="B464" t="s">
         <v>948</v>
       </c>
       <c r="C464" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="D464"/>
       <c r="E464">
         <v>0</v>
       </c>
       <c r="F464"/>
       <c r="G464"/>
       <c r="H464"/>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
         <v>949</v>
       </c>
       <c r="B465" t="s">
         <v>950</v>
       </c>
       <c r="C465" t="s">
-        <v>882</v>
-[...1 lines deleted...]
-      <c r="D465"/>
+        <v>880</v>
+      </c>
+      <c r="D465" t="s">
+        <v>81</v>
+      </c>
       <c r="E465">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F465"/>
+        <v>1</v>
+      </c>
+      <c r="F465" t="s">
+        <v>591</v>
+      </c>
       <c r="G465"/>
       <c r="H465"/>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
         <v>951</v>
       </c>
       <c r="B466" t="s">
         <v>952</v>
       </c>
       <c r="C466" t="s">
-        <v>882</v>
-[...3 lines deleted...]
-      </c>
+        <v>953</v>
+      </c>
+      <c r="D466"/>
       <c r="E466">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F466"/>
       <c r="G466"/>
       <c r="H466"/>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
+        <v>954</v>
+      </c>
+      <c r="B467" t="s">
+        <v>955</v>
+      </c>
+      <c r="C467" t="s">
         <v>953</v>
-      </c>
-[...4 lines deleted...]
-        <v>955</v>
       </c>
       <c r="D467"/>
       <c r="E467">
         <v>0</v>
       </c>
       <c r="F467"/>
       <c r="G467"/>
       <c r="H467"/>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
         <v>956</v>
       </c>
       <c r="B468" t="s">
         <v>957</v>
       </c>
       <c r="C468" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="D468"/>
       <c r="E468">
         <v>0</v>
       </c>
       <c r="F468"/>
       <c r="G468"/>
       <c r="H468"/>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
         <v>958</v>
       </c>
       <c r="B469" t="s">
         <v>959</v>
       </c>
       <c r="C469" t="s">
-        <v>955</v>
-[...1 lines deleted...]
-      <c r="D469"/>
+        <v>953</v>
+      </c>
+      <c r="D469" t="s">
+        <v>223</v>
+      </c>
       <c r="E469">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F469"/>
+        <v>1</v>
+      </c>
+      <c r="F469" t="s">
+        <v>591</v>
+      </c>
       <c r="G469"/>
       <c r="H469"/>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
         <v>960</v>
       </c>
       <c r="B470" t="s">
         <v>961</v>
       </c>
       <c r="C470" t="s">
-        <v>955</v>
-[...3 lines deleted...]
-      </c>
+        <v>953</v>
+      </c>
+      <c r="D470"/>
       <c r="E470">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F470"/>
       <c r="G470"/>
       <c r="H470"/>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
         <v>962</v>
       </c>
       <c r="B471" t="s">
         <v>963</v>
       </c>
       <c r="C471" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="D471"/>
       <c r="E471">
         <v>0</v>
       </c>
       <c r="F471"/>
       <c r="G471"/>
       <c r="H471"/>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
         <v>964</v>
       </c>
       <c r="B472" t="s">
         <v>965</v>
       </c>
       <c r="C472" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="D472"/>
       <c r="E472">
         <v>0</v>
       </c>
       <c r="F472"/>
       <c r="G472"/>
       <c r="H472"/>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
         <v>966</v>
       </c>
       <c r="B473" t="s">
         <v>967</v>
       </c>
       <c r="C473" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="D473"/>
       <c r="E473">
         <v>0</v>
       </c>
       <c r="F473"/>
       <c r="G473"/>
       <c r="H473"/>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
         <v>968</v>
       </c>
       <c r="B474" t="s">
         <v>969</v>
       </c>
       <c r="C474" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="D474"/>
       <c r="E474">
         <v>0</v>
       </c>
       <c r="F474"/>
       <c r="G474"/>
       <c r="H474"/>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
         <v>970</v>
       </c>
       <c r="B475" t="s">
         <v>971</v>
       </c>
       <c r="C475" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="D475"/>
       <c r="E475">
         <v>0</v>
       </c>
       <c r="F475"/>
       <c r="G475"/>
       <c r="H475"/>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
         <v>972</v>
       </c>
       <c r="B476" t="s">
         <v>973</v>
       </c>
       <c r="C476" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="D476"/>
       <c r="E476">
         <v>0</v>
       </c>
       <c r="F476"/>
       <c r="G476"/>
       <c r="H476"/>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
         <v>974</v>
       </c>
       <c r="B477" t="s">
         <v>975</v>
       </c>
       <c r="C477" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="D477"/>
       <c r="E477">
         <v>0</v>
       </c>
       <c r="F477"/>
       <c r="G477"/>
       <c r="H477"/>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
         <v>976</v>
       </c>
       <c r="B478" t="s">
         <v>977</v>
       </c>
       <c r="C478" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="D478"/>
       <c r="E478">
         <v>0</v>
       </c>
       <c r="F478"/>
       <c r="G478"/>
       <c r="H478"/>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
         <v>978</v>
       </c>
       <c r="B479" t="s">
         <v>979</v>
       </c>
       <c r="C479" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="D479"/>
       <c r="E479">
         <v>0</v>
       </c>
       <c r="F479"/>
       <c r="G479"/>
       <c r="H479"/>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
         <v>980</v>
       </c>
       <c r="B480" t="s">
         <v>981</v>
       </c>
       <c r="C480" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="D480"/>
       <c r="E480">
         <v>0</v>
       </c>
       <c r="F480"/>
       <c r="G480"/>
       <c r="H480"/>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
         <v>982</v>
       </c>
       <c r="B481" t="s">
         <v>983</v>
       </c>
       <c r="C481" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="D481"/>
       <c r="E481">
         <v>0</v>
       </c>
       <c r="F481"/>
       <c r="G481"/>
       <c r="H481"/>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
         <v>984</v>
       </c>
       <c r="B482" t="s">
         <v>985</v>
       </c>
       <c r="C482" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="D482"/>
       <c r="E482">
         <v>0</v>
       </c>
       <c r="F482"/>
       <c r="G482"/>
       <c r="H482"/>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
         <v>986</v>
       </c>
       <c r="B483" t="s">
         <v>987</v>
       </c>
       <c r="C483" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="D483"/>
       <c r="E483">
         <v>0</v>
       </c>
       <c r="F483"/>
       <c r="G483"/>
       <c r="H483"/>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
         <v>988</v>
       </c>
       <c r="B484" t="s">
         <v>989</v>
       </c>
       <c r="C484" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="D484"/>
       <c r="E484">
         <v>0</v>
       </c>
       <c r="F484"/>
       <c r="G484"/>
       <c r="H484"/>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
         <v>990</v>
       </c>
       <c r="B485" t="s">
         <v>991</v>
       </c>
       <c r="C485" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="D485"/>
       <c r="E485">
         <v>0</v>
       </c>
       <c r="F485"/>
       <c r="G485"/>
       <c r="H485"/>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
         <v>992</v>
       </c>
       <c r="B486" t="s">
         <v>993</v>
       </c>
       <c r="C486" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="D486"/>
       <c r="E486">
         <v>0</v>
       </c>
       <c r="F486"/>
       <c r="G486"/>
       <c r="H486"/>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
         <v>994</v>
       </c>
       <c r="B487" t="s">
         <v>995</v>
       </c>
       <c r="C487" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="D487"/>
       <c r="E487">
         <v>0</v>
       </c>
       <c r="F487"/>
       <c r="G487"/>
       <c r="H487"/>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
         <v>996</v>
       </c>
       <c r="B488" t="s">
         <v>997</v>
       </c>
       <c r="C488" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="D488"/>
       <c r="E488">
         <v>0</v>
       </c>
       <c r="F488"/>
       <c r="G488"/>
       <c r="H488"/>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
         <v>998</v>
       </c>
       <c r="B489" t="s">
         <v>999</v>
       </c>
       <c r="C489" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="D489"/>
       <c r="E489">
         <v>0</v>
       </c>
       <c r="F489"/>
       <c r="G489"/>
       <c r="H489"/>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
         <v>1000</v>
       </c>
       <c r="B490" t="s">
         <v>1001</v>
       </c>
       <c r="C490" t="s">
-        <v>955</v>
-[...1 lines deleted...]
-      <c r="D490"/>
+        <v>953</v>
+      </c>
+      <c r="D490" t="s">
+        <v>756</v>
+      </c>
       <c r="E490">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F490"/>
+        <v>1</v>
+      </c>
+      <c r="F490" t="s">
+        <v>591</v>
+      </c>
       <c r="G490"/>
       <c r="H490"/>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
         <v>1002</v>
       </c>
       <c r="B491" t="s">
         <v>1003</v>
       </c>
       <c r="C491" t="s">
-        <v>955</v>
-[...3 lines deleted...]
-      </c>
+        <v>953</v>
+      </c>
+      <c r="D491"/>
       <c r="E491">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F491"/>
       <c r="G491"/>
       <c r="H491"/>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
         <v>1004</v>
       </c>
       <c r="B492" t="s">
         <v>1005</v>
       </c>
       <c r="C492" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="D492"/>
       <c r="E492">
         <v>0</v>
       </c>
       <c r="F492"/>
       <c r="G492"/>
       <c r="H492"/>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
         <v>1006</v>
       </c>
       <c r="B493" t="s">
         <v>1007</v>
       </c>
       <c r="C493" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="D493"/>
       <c r="E493">
         <v>0</v>
       </c>
       <c r="F493"/>
       <c r="G493"/>
       <c r="H493"/>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
         <v>1008</v>
       </c>
       <c r="B494" t="s">
         <v>1009</v>
       </c>
       <c r="C494" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="D494"/>
       <c r="E494">
         <v>0</v>
       </c>
       <c r="F494"/>
       <c r="G494"/>
       <c r="H494"/>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
         <v>1010</v>
       </c>
       <c r="B495" t="s">
         <v>1011</v>
       </c>
       <c r="C495" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="D495"/>
       <c r="E495">
         <v>0</v>
       </c>
       <c r="F495"/>
       <c r="G495"/>
       <c r="H495"/>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
         <v>1012</v>
       </c>
       <c r="B496" t="s">
         <v>1013</v>
       </c>
       <c r="C496" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="D496"/>
       <c r="E496">
         <v>0</v>
       </c>
       <c r="F496"/>
       <c r="G496"/>
       <c r="H496"/>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
         <v>1014</v>
       </c>
       <c r="B497" t="s">
         <v>1015</v>
       </c>
       <c r="C497" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="D497"/>
       <c r="E497">
         <v>0</v>
       </c>
       <c r="F497"/>
       <c r="G497"/>
       <c r="H497"/>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
         <v>1016</v>
       </c>
       <c r="B498" t="s">
         <v>1017</v>
       </c>
       <c r="C498" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="D498"/>
       <c r="E498">
         <v>0</v>
       </c>
       <c r="F498"/>
       <c r="G498"/>
       <c r="H498"/>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
         <v>1018</v>
       </c>
       <c r="B499" t="s">
         <v>1019</v>
       </c>
       <c r="C499" t="s">
-        <v>955</v>
-[...1 lines deleted...]
-      <c r="D499"/>
+        <v>953</v>
+      </c>
+      <c r="D499" t="s">
+        <v>154</v>
+      </c>
       <c r="E499">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F499"/>
+        <v>1</v>
+      </c>
+      <c r="F499" t="s">
+        <v>591</v>
+      </c>
       <c r="G499"/>
       <c r="H499"/>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
         <v>1020</v>
       </c>
       <c r="B500" t="s">
         <v>1021</v>
       </c>
       <c r="C500" t="s">
-        <v>955</v>
-[...3 lines deleted...]
-      </c>
+        <v>953</v>
+      </c>
+      <c r="D500"/>
       <c r="E500">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F500"/>
       <c r="G500"/>
       <c r="H500"/>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
         <v>1022</v>
       </c>
       <c r="B501" t="s">
         <v>1023</v>
       </c>
       <c r="C501" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="D501"/>
       <c r="E501">
         <v>0</v>
       </c>
       <c r="F501"/>
       <c r="G501"/>
       <c r="H501"/>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
         <v>1024</v>
       </c>
       <c r="B502" t="s">
         <v>1025</v>
       </c>
       <c r="C502" t="s">
-        <v>955</v>
-[...1 lines deleted...]
-      <c r="D502"/>
+        <v>1026</v>
+      </c>
+      <c r="D502" t="s">
+        <v>81</v>
+      </c>
       <c r="E502">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F502"/>
+        <v>1</v>
+      </c>
+      <c r="F502" t="s">
+        <v>591</v>
+      </c>
       <c r="G502"/>
       <c r="H502"/>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B503" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C503" t="s">
         <v>1026</v>
       </c>
-      <c r="B503" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D503"/>
       <c r="E503">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F503"/>
       <c r="G503"/>
       <c r="H503"/>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
         <v>1029</v>
       </c>
       <c r="B504" t="s">
         <v>1030</v>
       </c>
       <c r="C504" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
       <c r="D504"/>
       <c r="E504">
         <v>0</v>
       </c>
       <c r="F504"/>
       <c r="G504"/>
       <c r="H504"/>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
         <v>1031</v>
       </c>
       <c r="B505" t="s">
         <v>1032</v>
       </c>
       <c r="C505" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
       <c r="D505"/>
       <c r="E505">
         <v>0</v>
       </c>
       <c r="F505"/>
       <c r="G505"/>
       <c r="H505"/>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
         <v>1033</v>
       </c>
       <c r="B506" t="s">
         <v>1034</v>
       </c>
       <c r="C506" t="s">
-        <v>1028</v>
-[...1 lines deleted...]
-      <c r="D506"/>
+        <v>1026</v>
+      </c>
+      <c r="D506" t="s">
+        <v>81</v>
+      </c>
       <c r="E506">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F506"/>
+        <v>1</v>
+      </c>
+      <c r="F506" t="s">
+        <v>591</v>
+      </c>
       <c r="G506"/>
       <c r="H506"/>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
         <v>1035</v>
       </c>
       <c r="B507" t="s">
         <v>1036</v>
       </c>
       <c r="C507" t="s">
-        <v>1028</v>
-[...3 lines deleted...]
-      </c>
+        <v>1026</v>
+      </c>
+      <c r="D507"/>
       <c r="E507">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F507"/>
       <c r="G507"/>
       <c r="H507"/>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
         <v>1037</v>
       </c>
       <c r="B508" t="s">
         <v>1038</v>
       </c>
       <c r="C508" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
       <c r="D508"/>
       <c r="E508">
         <v>0</v>
       </c>
       <c r="F508"/>
       <c r="G508"/>
       <c r="H508"/>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
         <v>1039</v>
       </c>
       <c r="B509" t="s">
         <v>1040</v>
       </c>
       <c r="C509" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
       <c r="D509"/>
       <c r="E509">
         <v>0</v>
       </c>
       <c r="F509"/>
       <c r="G509"/>
       <c r="H509"/>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
         <v>1041</v>
       </c>
       <c r="B510" t="s">
         <v>1042</v>
       </c>
       <c r="C510" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
       <c r="D510"/>
       <c r="E510">
         <v>0</v>
       </c>
       <c r="F510"/>
       <c r="G510"/>
       <c r="H510"/>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
         <v>1043</v>
       </c>
       <c r="B511" t="s">
         <v>1044</v>
       </c>
       <c r="C511" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
       <c r="D511"/>
       <c r="E511">
         <v>0</v>
       </c>
       <c r="F511"/>
       <c r="G511"/>
       <c r="H511"/>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
         <v>1045</v>
       </c>
       <c r="B512" t="s">
         <v>1046</v>
       </c>
       <c r="C512" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
       <c r="D512"/>
       <c r="E512">
         <v>0</v>
       </c>
       <c r="F512"/>
       <c r="G512"/>
       <c r="H512"/>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
         <v>1047</v>
       </c>
       <c r="B513" t="s">
         <v>1048</v>
       </c>
       <c r="C513" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
       <c r="D513"/>
       <c r="E513">
         <v>0</v>
       </c>
       <c r="F513"/>
       <c r="G513"/>
       <c r="H513"/>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
         <v>1049</v>
       </c>
       <c r="B514" t="s">
         <v>1050</v>
       </c>
       <c r="C514" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
       <c r="D514"/>
       <c r="E514">
         <v>0</v>
       </c>
       <c r="F514"/>
       <c r="G514"/>
       <c r="H514"/>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
         <v>1051</v>
       </c>
       <c r="B515" t="s">
         <v>1052</v>
       </c>
       <c r="C515" t="s">
-        <v>1028</v>
-[...1 lines deleted...]
-      <c r="D515"/>
+        <v>1026</v>
+      </c>
+      <c r="D515" t="s">
+        <v>81</v>
+      </c>
       <c r="E515">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F515"/>
+        <v>1</v>
+      </c>
+      <c r="F515" t="s">
+        <v>591</v>
+      </c>
       <c r="G515"/>
       <c r="H515"/>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
         <v>1053</v>
       </c>
       <c r="B516" t="s">
         <v>1054</v>
       </c>
       <c r="C516" t="s">
-        <v>1028</v>
-[...3 lines deleted...]
-      </c>
+        <v>1026</v>
+      </c>
+      <c r="D516"/>
       <c r="E516">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F516"/>
       <c r="G516"/>
       <c r="H516"/>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
         <v>1055</v>
       </c>
       <c r="B517" t="s">
         <v>1056</v>
       </c>
       <c r="C517" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
       <c r="D517"/>
-      <c r="E517">
-[...1 lines deleted...]
-      </c>
+      <c r="E517"/>
       <c r="F517"/>
       <c r="G517"/>
       <c r="H517"/>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
         <v>1057</v>
       </c>
       <c r="B518" t="s">
         <v>1058</v>
       </c>
       <c r="C518" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
       <c r="D518"/>
-      <c r="E518"/>
+      <c r="E518">
+        <v>0</v>
+      </c>
       <c r="F518"/>
       <c r="G518"/>
       <c r="H518"/>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
         <v>1059</v>
       </c>
       <c r="B519" t="s">
         <v>1060</v>
       </c>
       <c r="C519" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
       <c r="D519"/>
       <c r="E519">
         <v>0</v>
       </c>
       <c r="F519"/>
       <c r="G519"/>
       <c r="H519"/>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
         <v>1061</v>
       </c>
       <c r="B520" t="s">
         <v>1062</v>
       </c>
       <c r="C520" t="s">
-        <v>1028</v>
-[...1 lines deleted...]
-      <c r="D520"/>
+        <v>1026</v>
+      </c>
+      <c r="D520" t="s">
+        <v>81</v>
+      </c>
       <c r="E520">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F520"/>
+        <v>1</v>
+      </c>
+      <c r="F520" t="s">
+        <v>591</v>
+      </c>
       <c r="G520"/>
       <c r="H520"/>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
         <v>1063</v>
       </c>
       <c r="B521" t="s">
         <v>1064</v>
       </c>
       <c r="C521" t="s">
-        <v>1028</v>
-[...3 lines deleted...]
-      </c>
+        <v>1026</v>
+      </c>
+      <c r="D521"/>
       <c r="E521">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F521"/>
       <c r="G521"/>
       <c r="H521"/>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
         <v>1065</v>
       </c>
       <c r="B522" t="s">
         <v>1066</v>
       </c>
       <c r="C522" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
       <c r="D522"/>
       <c r="E522">
         <v>0</v>
       </c>
       <c r="F522"/>
       <c r="G522"/>
       <c r="H522"/>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
         <v>1067</v>
       </c>
       <c r="B523" t="s">
         <v>1068</v>
       </c>
       <c r="C523" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
       <c r="D523"/>
       <c r="E523">
         <v>0</v>
       </c>
       <c r="F523"/>
       <c r="G523"/>
       <c r="H523"/>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
         <v>1069</v>
       </c>
       <c r="B524" t="s">
         <v>1070</v>
       </c>
       <c r="C524" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
       <c r="D524"/>
       <c r="E524">
         <v>0</v>
       </c>
       <c r="F524"/>
       <c r="G524"/>
       <c r="H524"/>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
         <v>1071</v>
       </c>
       <c r="B525" t="s">
         <v>1072</v>
       </c>
       <c r="C525" t="s">
-        <v>1028</v>
-[...1 lines deleted...]
-      <c r="D525"/>
+        <v>1026</v>
+      </c>
+      <c r="D525" t="s">
+        <v>440</v>
+      </c>
       <c r="E525">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F525"/>
+        <v>1</v>
+      </c>
+      <c r="F525" t="s">
+        <v>591</v>
+      </c>
       <c r="G525"/>
       <c r="H525"/>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
         <v>1073</v>
       </c>
       <c r="B526" t="s">
         <v>1074</v>
       </c>
       <c r="C526" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
       <c r="D526" t="s">
-        <v>442</v>
+        <v>513</v>
       </c>
       <c r="E526">
         <v>1</v>
       </c>
       <c r="F526" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G526"/>
       <c r="H526"/>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
         <v>1075</v>
       </c>
       <c r="B527" t="s">
         <v>1076</v>
       </c>
       <c r="C527" t="s">
-        <v>1028</v>
-[...3 lines deleted...]
-      </c>
+        <v>1026</v>
+      </c>
+      <c r="D527"/>
       <c r="E527">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F527"/>
       <c r="G527"/>
       <c r="H527"/>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
         <v>1077</v>
       </c>
       <c r="B528" t="s">
         <v>1078</v>
       </c>
       <c r="C528" t="s">
-        <v>1028</v>
-[...1 lines deleted...]
-      <c r="D528"/>
+        <v>1026</v>
+      </c>
+      <c r="D528" t="s">
+        <v>154</v>
+      </c>
       <c r="E528">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F528"/>
+        <v>1</v>
+      </c>
+      <c r="F528" t="s">
+        <v>591</v>
+      </c>
       <c r="G528"/>
       <c r="H528"/>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
         <v>1079</v>
       </c>
       <c r="B529" t="s">
         <v>1080</v>
       </c>
       <c r="C529" t="s">
-        <v>1028</v>
-[...3 lines deleted...]
-      </c>
+        <v>1026</v>
+      </c>
+      <c r="D529"/>
       <c r="E529">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F529"/>
       <c r="G529"/>
       <c r="H529"/>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
         <v>1081</v>
       </c>
       <c r="B530" t="s">
         <v>1082</v>
       </c>
       <c r="C530" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
       <c r="D530"/>
       <c r="E530">
         <v>0</v>
       </c>
       <c r="F530"/>
       <c r="G530"/>
       <c r="H530"/>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
         <v>1083</v>
       </c>
       <c r="B531" t="s">
         <v>1084</v>
       </c>
       <c r="C531" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
       <c r="D531"/>
       <c r="E531">
         <v>0</v>
       </c>
       <c r="F531"/>
       <c r="G531"/>
       <c r="H531"/>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
         <v>1085</v>
       </c>
       <c r="B532" t="s">
         <v>1086</v>
       </c>
       <c r="C532" t="s">
-        <v>1028</v>
-[...1 lines deleted...]
-      <c r="D532"/>
+        <v>1026</v>
+      </c>
+      <c r="D532" t="s">
+        <v>294</v>
+      </c>
       <c r="E532">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F532"/>
+        <v>1</v>
+      </c>
+      <c r="F532" t="s">
+        <v>591</v>
+      </c>
       <c r="G532"/>
       <c r="H532"/>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
         <v>1087</v>
       </c>
       <c r="B533" t="s">
         <v>1088</v>
       </c>
       <c r="C533" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
       <c r="D533" t="s">
-        <v>296</v>
+        <v>81</v>
       </c>
       <c r="E533">
         <v>1</v>
       </c>
       <c r="F533" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G533"/>
       <c r="H533"/>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
         <v>1089</v>
       </c>
       <c r="B534" t="s">
         <v>1090</v>
       </c>
       <c r="C534" t="s">
-        <v>1028</v>
-[...3 lines deleted...]
-      </c>
+        <v>1026</v>
+      </c>
+      <c r="D534"/>
       <c r="E534">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F534"/>
       <c r="G534"/>
       <c r="H534"/>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
         <v>1091</v>
       </c>
       <c r="B535" t="s">
         <v>1092</v>
       </c>
       <c r="C535" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
       <c r="D535"/>
       <c r="E535">
         <v>0</v>
       </c>
       <c r="F535"/>
       <c r="G535"/>
       <c r="H535"/>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
         <v>1093</v>
       </c>
       <c r="B536" t="s">
         <v>1094</v>
       </c>
       <c r="C536" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
       <c r="D536"/>
       <c r="E536">
         <v>0</v>
       </c>
       <c r="F536"/>
       <c r="G536"/>
       <c r="H536"/>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
         <v>1095</v>
       </c>
       <c r="B537" t="s">
         <v>1096</v>
       </c>
       <c r="C537" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
       <c r="D537"/>
       <c r="E537">
         <v>0</v>
       </c>
       <c r="F537"/>
       <c r="G537"/>
       <c r="H537"/>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
         <v>1097</v>
       </c>
       <c r="B538" t="s">
         <v>1098</v>
       </c>
       <c r="C538" t="s">
-        <v>1028</v>
+        <v>1099</v>
       </c>
       <c r="D538"/>
       <c r="E538">
         <v>0</v>
       </c>
       <c r="F538"/>
       <c r="G538"/>
       <c r="H538"/>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
+        <v>1100</v>
+      </c>
+      <c r="B539" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C539" t="s">
         <v>1099</v>
-      </c>
-[...4 lines deleted...]
-        <v>1101</v>
       </c>
       <c r="D539"/>
       <c r="E539">
         <v>0</v>
       </c>
       <c r="F539"/>
       <c r="G539"/>
       <c r="H539"/>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
         <v>1102</v>
       </c>
       <c r="B540" t="s">
         <v>1103</v>
       </c>
       <c r="C540" t="s">
-        <v>1101</v>
+        <v>1099</v>
       </c>
       <c r="D540"/>
       <c r="E540">
         <v>0</v>
       </c>
       <c r="F540"/>
       <c r="G540"/>
       <c r="H540"/>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
         <v>1104</v>
       </c>
       <c r="B541" t="s">
         <v>1105</v>
       </c>
       <c r="C541" t="s">
-        <v>1101</v>
+        <v>1099</v>
       </c>
       <c r="D541"/>
       <c r="E541">
         <v>0</v>
       </c>
       <c r="F541"/>
       <c r="G541"/>
       <c r="H541"/>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
         <v>1106</v>
       </c>
       <c r="B542" t="s">
         <v>1107</v>
       </c>
       <c r="C542" t="s">
-        <v>1101</v>
+        <v>1099</v>
       </c>
       <c r="D542"/>
       <c r="E542">
         <v>0</v>
       </c>
       <c r="F542"/>
       <c r="G542"/>
       <c r="H542"/>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
         <v>1108</v>
       </c>
       <c r="B543" t="s">
         <v>1109</v>
       </c>
       <c r="C543" t="s">
-        <v>1101</v>
+        <v>1099</v>
       </c>
       <c r="D543"/>
       <c r="E543">
         <v>0</v>
       </c>
       <c r="F543"/>
       <c r="G543"/>
       <c r="H543"/>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
         <v>1110</v>
       </c>
       <c r="B544" t="s">
         <v>1111</v>
       </c>
       <c r="C544" t="s">
-        <v>1101</v>
+        <v>1099</v>
       </c>
       <c r="D544"/>
       <c r="E544">
         <v>0</v>
       </c>
       <c r="F544"/>
       <c r="G544"/>
       <c r="H544"/>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
         <v>1112</v>
       </c>
       <c r="B545" t="s">
         <v>1113</v>
       </c>
       <c r="C545" t="s">
-        <v>1101</v>
+        <v>1099</v>
       </c>
       <c r="D545"/>
       <c r="E545">
         <v>0</v>
       </c>
       <c r="F545"/>
       <c r="G545"/>
       <c r="H545"/>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
         <v>1114</v>
       </c>
       <c r="B546" t="s">
         <v>1115</v>
       </c>
       <c r="C546" t="s">
-        <v>1101</v>
+        <v>1099</v>
       </c>
       <c r="D546"/>
       <c r="E546">
         <v>0</v>
       </c>
       <c r="F546"/>
       <c r="G546"/>
       <c r="H546"/>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
         <v>1116</v>
       </c>
       <c r="B547" t="s">
         <v>1117</v>
       </c>
       <c r="C547" t="s">
-        <v>1101</v>
-[...1 lines deleted...]
-      <c r="D547"/>
+        <v>1099</v>
+      </c>
+      <c r="D547" t="s">
+        <v>81</v>
+      </c>
       <c r="E547">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F547"/>
+        <v>1</v>
+      </c>
+      <c r="F547" t="s">
+        <v>591</v>
+      </c>
       <c r="G547"/>
       <c r="H547"/>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
         <v>1118</v>
       </c>
       <c r="B548" t="s">
         <v>1119</v>
       </c>
       <c r="C548" t="s">
-        <v>1101</v>
+        <v>1099</v>
       </c>
       <c r="D548" t="s">
-        <v>83</v>
+        <v>513</v>
       </c>
       <c r="E548">
         <v>1</v>
       </c>
       <c r="F548" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G548"/>
       <c r="H548"/>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
         <v>1120</v>
       </c>
       <c r="B549" t="s">
         <v>1121</v>
       </c>
       <c r="C549" t="s">
-        <v>1101</v>
-[...3 lines deleted...]
-      </c>
+        <v>1099</v>
+      </c>
+      <c r="D549"/>
       <c r="E549">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F549"/>
       <c r="G549"/>
       <c r="H549"/>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
         <v>1122</v>
       </c>
       <c r="B550" t="s">
         <v>1123</v>
       </c>
       <c r="C550" t="s">
-        <v>1101</v>
+        <v>1099</v>
       </c>
       <c r="D550"/>
       <c r="E550">
         <v>0</v>
       </c>
       <c r="F550"/>
       <c r="G550"/>
       <c r="H550"/>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
         <v>1124</v>
       </c>
       <c r="B551" t="s">
         <v>1125</v>
       </c>
       <c r="C551" t="s">
-        <v>1101</v>
+        <v>1099</v>
       </c>
       <c r="D551"/>
       <c r="E551">
         <v>0</v>
       </c>
       <c r="F551"/>
       <c r="G551"/>
       <c r="H551"/>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
         <v>1126</v>
       </c>
       <c r="B552" t="s">
         <v>1127</v>
       </c>
       <c r="C552" t="s">
-        <v>1101</v>
+        <v>1099</v>
       </c>
       <c r="D552"/>
       <c r="E552">
         <v>0</v>
       </c>
       <c r="F552"/>
       <c r="G552"/>
       <c r="H552"/>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
         <v>1128</v>
       </c>
       <c r="B553" t="s">
         <v>1129</v>
       </c>
       <c r="C553" t="s">
-        <v>1101</v>
+        <v>1099</v>
       </c>
       <c r="D553"/>
       <c r="E553">
         <v>0</v>
       </c>
       <c r="F553"/>
       <c r="G553"/>
       <c r="H553"/>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
         <v>1130</v>
       </c>
       <c r="B554" t="s">
         <v>1131</v>
       </c>
       <c r="C554" t="s">
-        <v>1101</v>
+        <v>1099</v>
       </c>
       <c r="D554"/>
       <c r="E554">
         <v>0</v>
       </c>
       <c r="F554"/>
       <c r="G554"/>
       <c r="H554"/>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
         <v>1132</v>
       </c>
       <c r="B555" t="s">
         <v>1133</v>
       </c>
       <c r="C555" t="s">
-        <v>1101</v>
-[...1 lines deleted...]
-      <c r="D555"/>
+        <v>1099</v>
+      </c>
+      <c r="D555" t="s">
+        <v>756</v>
+      </c>
       <c r="E555">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F555"/>
+        <v>1</v>
+      </c>
+      <c r="F555" t="s">
+        <v>591</v>
+      </c>
       <c r="G555"/>
       <c r="H555"/>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
         <v>1134</v>
       </c>
       <c r="B556" t="s">
         <v>1135</v>
       </c>
       <c r="C556" t="s">
-        <v>1101</v>
-[...3 lines deleted...]
-      </c>
+        <v>1099</v>
+      </c>
+      <c r="D556"/>
       <c r="E556">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F556"/>
       <c r="G556"/>
       <c r="H556"/>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
         <v>1136</v>
       </c>
       <c r="B557" t="s">
         <v>1137</v>
       </c>
       <c r="C557" t="s">
-        <v>1101</v>
+        <v>1099</v>
       </c>
       <c r="D557"/>
       <c r="E557">
         <v>0</v>
       </c>
       <c r="F557"/>
       <c r="G557"/>
       <c r="H557"/>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
         <v>1138</v>
       </c>
       <c r="B558" t="s">
         <v>1139</v>
       </c>
       <c r="C558" t="s">
-        <v>1101</v>
-[...1 lines deleted...]
-      <c r="D558"/>
+        <v>1099</v>
+      </c>
+      <c r="D558" t="s">
+        <v>513</v>
+      </c>
       <c r="E558">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F558"/>
+        <v>1</v>
+      </c>
+      <c r="F558" t="s">
+        <v>591</v>
+      </c>
       <c r="G558"/>
       <c r="H558"/>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
         <v>1140</v>
       </c>
       <c r="B559" t="s">
         <v>1141</v>
       </c>
       <c r="C559" t="s">
-        <v>1101</v>
-[...3 lines deleted...]
-      </c>
+        <v>1099</v>
+      </c>
+      <c r="D559"/>
       <c r="E559">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F559"/>
       <c r="G559"/>
       <c r="H559"/>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
         <v>1142</v>
       </c>
       <c r="B560" t="s">
         <v>1143</v>
       </c>
       <c r="C560" t="s">
-        <v>1101</v>
+        <v>1099</v>
       </c>
       <c r="D560"/>
       <c r="E560">
         <v>0</v>
       </c>
       <c r="F560"/>
       <c r="G560"/>
       <c r="H560"/>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
         <v>1144</v>
       </c>
       <c r="B561" t="s">
         <v>1145</v>
       </c>
       <c r="C561" t="s">
-        <v>1101</v>
+        <v>1099</v>
       </c>
       <c r="D561"/>
       <c r="E561">
         <v>0</v>
       </c>
       <c r="F561"/>
       <c r="G561"/>
       <c r="H561"/>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
         <v>1146</v>
       </c>
       <c r="B562" t="s">
         <v>1147</v>
       </c>
       <c r="C562" t="s">
-        <v>1101</v>
+        <v>1099</v>
       </c>
       <c r="D562"/>
       <c r="E562">
         <v>0</v>
       </c>
       <c r="F562"/>
       <c r="G562"/>
       <c r="H562"/>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
         <v>1148</v>
       </c>
       <c r="B563" t="s">
         <v>1149</v>
       </c>
       <c r="C563" t="s">
-        <v>1101</v>
+        <v>1099</v>
       </c>
       <c r="D563"/>
       <c r="E563">
         <v>0</v>
       </c>
       <c r="F563"/>
       <c r="G563"/>
       <c r="H563"/>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
         <v>1150</v>
       </c>
       <c r="B564" t="s">
         <v>1151</v>
       </c>
       <c r="C564" t="s">
-        <v>1101</v>
+        <v>1099</v>
       </c>
       <c r="D564"/>
       <c r="E564">
         <v>0</v>
       </c>
       <c r="F564"/>
       <c r="G564"/>
       <c r="H564"/>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
         <v>1152</v>
       </c>
       <c r="B565" t="s">
         <v>1153</v>
       </c>
       <c r="C565" t="s">
-        <v>1101</v>
-[...1 lines deleted...]
-      <c r="D565"/>
+        <v>1099</v>
+      </c>
+      <c r="D565" t="s">
+        <v>756</v>
+      </c>
       <c r="E565">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F565"/>
+        <v>1</v>
+      </c>
+      <c r="F565" t="s">
+        <v>591</v>
+      </c>
       <c r="G565"/>
       <c r="H565"/>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
         <v>1154</v>
       </c>
       <c r="B566" t="s">
         <v>1155</v>
       </c>
       <c r="C566" t="s">
-        <v>1101</v>
+        <v>1099</v>
       </c>
       <c r="D566" t="s">
-        <v>758</v>
+        <v>756</v>
       </c>
       <c r="E566">
         <v>1</v>
       </c>
       <c r="F566" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G566"/>
       <c r="H566"/>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
         <v>1156</v>
       </c>
       <c r="B567" t="s">
         <v>1157</v>
       </c>
       <c r="C567" t="s">
-        <v>1101</v>
-[...3 lines deleted...]
-      </c>
+        <v>1099</v>
+      </c>
+      <c r="D567"/>
       <c r="E567">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F567"/>
       <c r="G567"/>
       <c r="H567"/>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
         <v>1158</v>
       </c>
       <c r="B568" t="s">
         <v>1159</v>
       </c>
       <c r="C568" t="s">
-        <v>1101</v>
+        <v>1099</v>
       </c>
       <c r="D568"/>
       <c r="E568">
         <v>0</v>
       </c>
       <c r="F568"/>
       <c r="G568"/>
       <c r="H568"/>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
         <v>1160</v>
       </c>
       <c r="B569" t="s">
         <v>1161</v>
       </c>
       <c r="C569" t="s">
-        <v>1101</v>
+        <v>1099</v>
       </c>
       <c r="D569"/>
       <c r="E569">
         <v>0</v>
       </c>
       <c r="F569"/>
       <c r="G569"/>
       <c r="H569"/>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
         <v>1162</v>
       </c>
       <c r="B570" t="s">
         <v>1163</v>
       </c>
       <c r="C570" t="s">
-        <v>1101</v>
+        <v>1099</v>
       </c>
       <c r="D570"/>
       <c r="E570">
         <v>0</v>
       </c>
       <c r="F570"/>
       <c r="G570"/>
       <c r="H570"/>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
         <v>1164</v>
       </c>
       <c r="B571" t="s">
         <v>1165</v>
       </c>
       <c r="C571" t="s">
-        <v>1101</v>
+        <v>1099</v>
       </c>
       <c r="D571"/>
       <c r="E571">
         <v>0</v>
       </c>
       <c r="F571"/>
       <c r="G571"/>
       <c r="H571"/>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
         <v>1166</v>
       </c>
       <c r="B572" t="s">
         <v>1167</v>
       </c>
       <c r="C572" t="s">
-        <v>1101</v>
-[...1 lines deleted...]
-      <c r="D572"/>
+        <v>1099</v>
+      </c>
+      <c r="D572" t="s">
+        <v>294</v>
+      </c>
       <c r="E572">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F572"/>
+        <v>1</v>
+      </c>
+      <c r="F572" t="s">
+        <v>591</v>
+      </c>
       <c r="G572"/>
       <c r="H572"/>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
         <v>1168</v>
       </c>
       <c r="B573" t="s">
         <v>1169</v>
       </c>
       <c r="C573" t="s">
-        <v>1101</v>
+        <v>1099</v>
       </c>
       <c r="D573" t="s">
-        <v>296</v>
+        <v>756</v>
       </c>
       <c r="E573">
         <v>1</v>
       </c>
       <c r="F573" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G573"/>
       <c r="H573"/>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
         <v>1170</v>
       </c>
       <c r="B574" t="s">
         <v>1171</v>
       </c>
       <c r="C574" t="s">
-        <v>1101</v>
-[...3 lines deleted...]
-      </c>
+        <v>1172</v>
+      </c>
+      <c r="D574"/>
       <c r="E574">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F574"/>
       <c r="G574"/>
       <c r="H574"/>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B575" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C575" t="s">
         <v>1172</v>
       </c>
-      <c r="B575" t="s">
-[...5 lines deleted...]
-      <c r="D575"/>
+      <c r="D575" t="s">
+        <v>154</v>
+      </c>
       <c r="E575">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F575"/>
+        <v>1</v>
+      </c>
+      <c r="F575" t="s">
+        <v>591</v>
+      </c>
       <c r="G575"/>
       <c r="H575"/>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
         <v>1175</v>
       </c>
       <c r="B576" t="s">
         <v>1176</v>
       </c>
       <c r="C576" t="s">
-        <v>1174</v>
-[...3 lines deleted...]
-      </c>
+        <v>1172</v>
+      </c>
+      <c r="D576"/>
       <c r="E576">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F576"/>
       <c r="G576"/>
       <c r="H576"/>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
         <v>1177</v>
       </c>
       <c r="B577" t="s">
         <v>1178</v>
       </c>
       <c r="C577" t="s">
-        <v>1174</v>
+        <v>1172</v>
       </c>
       <c r="D577"/>
       <c r="E577">
         <v>0</v>
       </c>
       <c r="F577"/>
       <c r="G577"/>
       <c r="H577"/>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
         <v>1179</v>
       </c>
       <c r="B578" t="s">
         <v>1180</v>
       </c>
       <c r="C578" t="s">
-        <v>1174</v>
+        <v>1172</v>
       </c>
       <c r="D578"/>
       <c r="E578">
         <v>0</v>
       </c>
       <c r="F578"/>
       <c r="G578"/>
       <c r="H578"/>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
         <v>1181</v>
       </c>
       <c r="B579" t="s">
         <v>1182</v>
       </c>
       <c r="C579" t="s">
-        <v>1174</v>
+        <v>1172</v>
       </c>
       <c r="D579"/>
       <c r="E579">
         <v>0</v>
       </c>
       <c r="F579"/>
       <c r="G579"/>
       <c r="H579"/>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
         <v>1183</v>
       </c>
       <c r="B580" t="s">
         <v>1184</v>
       </c>
       <c r="C580" t="s">
-        <v>1174</v>
+        <v>1172</v>
       </c>
       <c r="D580"/>
       <c r="E580">
         <v>0</v>
       </c>
       <c r="F580"/>
       <c r="G580"/>
       <c r="H580"/>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
         <v>1185</v>
       </c>
       <c r="B581" t="s">
         <v>1186</v>
       </c>
       <c r="C581" t="s">
-        <v>1174</v>
+        <v>1172</v>
       </c>
       <c r="D581"/>
       <c r="E581">
         <v>0</v>
       </c>
       <c r="F581"/>
       <c r="G581"/>
       <c r="H581"/>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
         <v>1187</v>
       </c>
       <c r="B582" t="s">
         <v>1188</v>
       </c>
       <c r="C582" t="s">
-        <v>1174</v>
-[...1 lines deleted...]
-      <c r="D582"/>
+        <v>1172</v>
+      </c>
+      <c r="D582" t="s">
+        <v>81</v>
+      </c>
       <c r="E582">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F582"/>
+        <v>1</v>
+      </c>
+      <c r="F582" t="s">
+        <v>591</v>
+      </c>
       <c r="G582"/>
       <c r="H582"/>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
         <v>1189</v>
       </c>
       <c r="B583" t="s">
         <v>1190</v>
       </c>
       <c r="C583" t="s">
-        <v>1174</v>
-[...3 lines deleted...]
-      </c>
+        <v>1172</v>
+      </c>
+      <c r="D583"/>
       <c r="E583">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F583"/>
       <c r="G583"/>
       <c r="H583"/>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
         <v>1191</v>
       </c>
       <c r="B584" t="s">
         <v>1192</v>
       </c>
       <c r="C584" t="s">
-        <v>1174</v>
+        <v>1172</v>
       </c>
       <c r="D584"/>
       <c r="E584">
         <v>0</v>
       </c>
       <c r="F584"/>
       <c r="G584"/>
       <c r="H584"/>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
         <v>1193</v>
       </c>
       <c r="B585" t="s">
         <v>1194</v>
       </c>
       <c r="C585" t="s">
-        <v>1174</v>
+        <v>1172</v>
       </c>
       <c r="D585"/>
       <c r="E585">
         <v>0</v>
       </c>
       <c r="F585"/>
       <c r="G585"/>
       <c r="H585"/>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
         <v>1195</v>
       </c>
       <c r="B586" t="s">
         <v>1196</v>
       </c>
       <c r="C586" t="s">
-        <v>1174</v>
-[...1 lines deleted...]
-      <c r="D586"/>
+        <v>1172</v>
+      </c>
+      <c r="D586" t="s">
+        <v>223</v>
+      </c>
       <c r="E586">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F586"/>
+        <v>1</v>
+      </c>
+      <c r="F586" t="s">
+        <v>591</v>
+      </c>
       <c r="G586"/>
       <c r="H586"/>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
         <v>1197</v>
       </c>
       <c r="B587" t="s">
         <v>1198</v>
       </c>
       <c r="C587" t="s">
-        <v>1174</v>
-[...3 lines deleted...]
-      </c>
+        <v>1172</v>
+      </c>
+      <c r="D587"/>
       <c r="E587">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F587"/>
       <c r="G587"/>
       <c r="H587"/>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
         <v>1199</v>
       </c>
       <c r="B588" t="s">
         <v>1200</v>
       </c>
       <c r="C588" t="s">
-        <v>1174</v>
+        <v>1172</v>
       </c>
       <c r="D588"/>
       <c r="E588">
         <v>0</v>
       </c>
       <c r="F588"/>
       <c r="G588"/>
       <c r="H588"/>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
         <v>1201</v>
       </c>
       <c r="B589" t="s">
         <v>1202</v>
       </c>
       <c r="C589" t="s">
-        <v>1174</v>
-[...1 lines deleted...]
-      <c r="D589"/>
+        <v>1172</v>
+      </c>
+      <c r="D589" t="s">
+        <v>440</v>
+      </c>
       <c r="E589">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F589"/>
+        <v>1</v>
+      </c>
+      <c r="F589" t="s">
+        <v>591</v>
+      </c>
       <c r="G589"/>
       <c r="H589"/>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
         <v>1203</v>
       </c>
       <c r="B590" t="s">
         <v>1204</v>
       </c>
       <c r="C590" t="s">
-        <v>1174</v>
-[...3 lines deleted...]
-      </c>
+        <v>1172</v>
+      </c>
+      <c r="D590"/>
       <c r="E590">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F590"/>
       <c r="G590"/>
       <c r="H590"/>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
         <v>1205</v>
       </c>
       <c r="B591" t="s">
         <v>1206</v>
       </c>
       <c r="C591" t="s">
-        <v>1174</v>
-[...1 lines deleted...]
-      <c r="D591"/>
+        <v>1172</v>
+      </c>
+      <c r="D591" t="s">
+        <v>81</v>
+      </c>
       <c r="E591">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F591"/>
+        <v>1</v>
+      </c>
+      <c r="F591" t="s">
+        <v>591</v>
+      </c>
       <c r="G591"/>
       <c r="H591"/>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
         <v>1207</v>
       </c>
       <c r="B592" t="s">
         <v>1208</v>
       </c>
       <c r="C592" t="s">
-        <v>1174</v>
+        <v>1172</v>
       </c>
       <c r="D592" t="s">
-        <v>83</v>
+        <v>10</v>
       </c>
       <c r="E592">
         <v>1</v>
       </c>
       <c r="F592" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G592"/>
       <c r="H592"/>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
         <v>1209</v>
       </c>
       <c r="B593" t="s">
         <v>1210</v>
       </c>
       <c r="C593" t="s">
-        <v>1174</v>
-[...3 lines deleted...]
-      </c>
+        <v>1172</v>
+      </c>
+      <c r="D593"/>
       <c r="E593">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F593"/>
       <c r="G593"/>
       <c r="H593"/>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
         <v>1211</v>
       </c>
       <c r="B594" t="s">
         <v>1212</v>
       </c>
       <c r="C594" t="s">
-        <v>1174</v>
+        <v>1172</v>
       </c>
       <c r="D594"/>
       <c r="E594">
         <v>0</v>
       </c>
       <c r="F594"/>
       <c r="G594"/>
       <c r="H594"/>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
         <v>1213</v>
       </c>
       <c r="B595" t="s">
         <v>1214</v>
       </c>
       <c r="C595" t="s">
-        <v>1174</v>
+        <v>1172</v>
       </c>
       <c r="D595"/>
       <c r="E595">
         <v>0</v>
       </c>
       <c r="F595"/>
       <c r="G595"/>
       <c r="H595"/>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
         <v>1215</v>
       </c>
       <c r="B596" t="s">
         <v>1216</v>
       </c>
       <c r="C596" t="s">
-        <v>1174</v>
+        <v>1172</v>
       </c>
       <c r="D596"/>
       <c r="E596">
         <v>0</v>
       </c>
       <c r="F596"/>
       <c r="G596"/>
       <c r="H596"/>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
         <v>1217</v>
       </c>
       <c r="B597" t="s">
         <v>1218</v>
       </c>
       <c r="C597" t="s">
-        <v>1174</v>
+        <v>1172</v>
       </c>
       <c r="D597"/>
       <c r="E597">
         <v>0</v>
       </c>
       <c r="F597"/>
       <c r="G597"/>
       <c r="H597"/>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
         <v>1219</v>
       </c>
       <c r="B598" t="s">
         <v>1220</v>
       </c>
       <c r="C598" t="s">
-        <v>1174</v>
+        <v>1172</v>
       </c>
       <c r="D598"/>
       <c r="E598">
         <v>0</v>
       </c>
       <c r="F598"/>
       <c r="G598"/>
       <c r="H598"/>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
         <v>1221</v>
       </c>
       <c r="B599" t="s">
         <v>1222</v>
       </c>
       <c r="C599" t="s">
-        <v>1174</v>
-[...1 lines deleted...]
-      <c r="D599"/>
+        <v>1172</v>
+      </c>
+      <c r="D599" t="s">
+        <v>756</v>
+      </c>
       <c r="E599">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F599"/>
+        <v>1</v>
+      </c>
+      <c r="F599" t="s">
+        <v>591</v>
+      </c>
       <c r="G599"/>
       <c r="H599"/>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
         <v>1223</v>
       </c>
       <c r="B600" t="s">
         <v>1224</v>
       </c>
       <c r="C600" t="s">
-        <v>1174</v>
-[...3 lines deleted...]
-      </c>
+        <v>1172</v>
+      </c>
+      <c r="D600"/>
       <c r="E600">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F600"/>
       <c r="G600"/>
       <c r="H600"/>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
         <v>1225</v>
       </c>
       <c r="B601" t="s">
         <v>1226</v>
       </c>
       <c r="C601" t="s">
-        <v>1174</v>
+        <v>1172</v>
       </c>
       <c r="D601"/>
       <c r="E601">
         <v>0</v>
       </c>
       <c r="F601"/>
       <c r="G601"/>
       <c r="H601"/>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
         <v>1227</v>
       </c>
       <c r="B602" t="s">
         <v>1228</v>
       </c>
       <c r="C602" t="s">
-        <v>1174</v>
+        <v>1172</v>
       </c>
       <c r="D602"/>
       <c r="E602">
         <v>0</v>
       </c>
       <c r="F602"/>
       <c r="G602"/>
       <c r="H602"/>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
         <v>1229</v>
       </c>
       <c r="B603" t="s">
         <v>1230</v>
       </c>
       <c r="C603" t="s">
-        <v>1174</v>
-[...1 lines deleted...]
-      <c r="D603"/>
+        <v>1172</v>
+      </c>
+      <c r="D603" t="s">
+        <v>513</v>
+      </c>
       <c r="E603">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F603"/>
+        <v>1</v>
+      </c>
+      <c r="F603" t="s">
+        <v>591</v>
+      </c>
       <c r="G603"/>
       <c r="H603"/>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
         <v>1231</v>
       </c>
       <c r="B604" t="s">
         <v>1232</v>
       </c>
       <c r="C604" t="s">
-        <v>1174</v>
-[...3 lines deleted...]
-      </c>
+        <v>1172</v>
+      </c>
+      <c r="D604"/>
       <c r="E604">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F604"/>
       <c r="G604"/>
       <c r="H604"/>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" t="s">
         <v>1233</v>
       </c>
       <c r="B605" t="s">
         <v>1234</v>
       </c>
       <c r="C605" t="s">
-        <v>1174</v>
-[...1 lines deleted...]
-      <c r="D605"/>
+        <v>1172</v>
+      </c>
+      <c r="D605" t="s">
+        <v>440</v>
+      </c>
       <c r="E605">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F605"/>
+        <v>1</v>
+      </c>
+      <c r="F605" t="s">
+        <v>591</v>
+      </c>
       <c r="G605"/>
       <c r="H605"/>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" t="s">
         <v>1235</v>
       </c>
       <c r="B606" t="s">
         <v>1236</v>
       </c>
       <c r="C606" t="s">
-        <v>1174</v>
-[...3 lines deleted...]
-      </c>
+        <v>1172</v>
+      </c>
+      <c r="D606"/>
       <c r="E606">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F606"/>
       <c r="G606"/>
       <c r="H606"/>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
         <v>1237</v>
       </c>
       <c r="B607" t="s">
         <v>1238</v>
       </c>
       <c r="C607" t="s">
-        <v>1174</v>
+        <v>1172</v>
       </c>
       <c r="D607"/>
       <c r="E607">
         <v>0</v>
       </c>
       <c r="F607"/>
       <c r="G607"/>
       <c r="H607"/>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" t="s">
         <v>1239</v>
       </c>
       <c r="B608" t="s">
         <v>1240</v>
       </c>
       <c r="C608" t="s">
-        <v>1174</v>
+        <v>1172</v>
       </c>
       <c r="D608"/>
       <c r="E608">
         <v>0</v>
       </c>
       <c r="F608"/>
       <c r="G608"/>
       <c r="H608"/>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" t="s">
         <v>1241</v>
       </c>
       <c r="B609" t="s">
         <v>1242</v>
       </c>
       <c r="C609" t="s">
-        <v>1174</v>
+        <v>1172</v>
       </c>
       <c r="D609"/>
       <c r="E609">
         <v>0</v>
       </c>
       <c r="F609"/>
       <c r="G609"/>
       <c r="H609"/>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" t="s">
         <v>1243</v>
       </c>
       <c r="B610" t="s">
         <v>1244</v>
       </c>
       <c r="C610" t="s">
-        <v>1174</v>
-[...1 lines deleted...]
-      <c r="D610"/>
+        <v>1245</v>
+      </c>
+      <c r="D610" t="s">
+        <v>1246</v>
+      </c>
       <c r="E610">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F610"/>
+        <v>1</v>
+      </c>
+      <c r="F610" t="s">
+        <v>591</v>
+      </c>
       <c r="G610"/>
       <c r="H610"/>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B611" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C611" t="s">
         <v>1245</v>
       </c>
-      <c r="B611" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D611" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="E611">
         <v>1</v>
       </c>
       <c r="F611" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G611"/>
       <c r="H611"/>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="B612" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="C612" t="s">
-        <v>1247</v>
-[...3 lines deleted...]
-      </c>
+        <v>1245</v>
+      </c>
+      <c r="D612"/>
       <c r="E612">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F612"/>
       <c r="G612"/>
       <c r="H612"/>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" t="s">
         <v>1252</v>
       </c>
       <c r="B613" t="s">
         <v>1253</v>
       </c>
       <c r="C613" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="D613"/>
       <c r="E613">
         <v>0</v>
       </c>
       <c r="F613"/>
       <c r="G613"/>
       <c r="H613"/>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" t="s">
         <v>1254</v>
       </c>
       <c r="B614" t="s">
         <v>1255</v>
       </c>
       <c r="C614" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="D614"/>
       <c r="E614">
         <v>0</v>
       </c>
       <c r="F614"/>
       <c r="G614"/>
       <c r="H614"/>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" t="s">
         <v>1256</v>
       </c>
       <c r="B615" t="s">
         <v>1257</v>
       </c>
       <c r="C615" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="D615"/>
       <c r="E615">
         <v>0</v>
       </c>
       <c r="F615"/>
       <c r="G615"/>
       <c r="H615"/>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" t="s">
         <v>1258</v>
       </c>
       <c r="B616" t="s">
         <v>1259</v>
       </c>
       <c r="C616" t="s">
-        <v>1247</v>
-[...1 lines deleted...]
-      <c r="D616"/>
+        <v>1245</v>
+      </c>
+      <c r="D616" t="s">
+        <v>1246</v>
+      </c>
       <c r="E616">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F616"/>
+        <v>1</v>
+      </c>
+      <c r="F616" t="s">
+        <v>591</v>
+      </c>
       <c r="G616"/>
       <c r="H616"/>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" t="s">
         <v>1260</v>
       </c>
       <c r="B617" t="s">
         <v>1261</v>
       </c>
       <c r="C617" t="s">
-        <v>1247</v>
-[...3 lines deleted...]
-      </c>
+        <v>1245</v>
+      </c>
+      <c r="D617"/>
       <c r="E617">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F617"/>
       <c r="G617"/>
       <c r="H617"/>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" t="s">
         <v>1262</v>
       </c>
       <c r="B618" t="s">
         <v>1263</v>
       </c>
       <c r="C618" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="D618"/>
       <c r="E618">
         <v>0</v>
       </c>
       <c r="F618"/>
       <c r="G618"/>
       <c r="H618"/>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" t="s">
         <v>1264</v>
       </c>
       <c r="B619" t="s">
         <v>1265</v>
       </c>
       <c r="C619" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="D619"/>
       <c r="E619">
         <v>0</v>
       </c>
       <c r="F619"/>
       <c r="G619"/>
       <c r="H619"/>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" t="s">
         <v>1266</v>
       </c>
       <c r="B620" t="s">
         <v>1267</v>
       </c>
       <c r="C620" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="D620"/>
       <c r="E620">
         <v>0</v>
       </c>
       <c r="F620"/>
       <c r="G620"/>
       <c r="H620"/>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" t="s">
         <v>1268</v>
       </c>
       <c r="B621" t="s">
         <v>1269</v>
       </c>
       <c r="C621" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="D621"/>
       <c r="E621">
         <v>0</v>
       </c>
       <c r="F621"/>
       <c r="G621"/>
       <c r="H621"/>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" t="s">
         <v>1270</v>
       </c>
       <c r="B622" t="s">
         <v>1271</v>
       </c>
       <c r="C622" t="s">
-        <v>1247</v>
-[...1 lines deleted...]
-      <c r="D622"/>
+        <v>1245</v>
+      </c>
+      <c r="D622" t="s">
+        <v>1272</v>
+      </c>
       <c r="E622">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F622"/>
+        <v>1</v>
+      </c>
+      <c r="F622" t="s">
+        <v>591</v>
+      </c>
       <c r="G622"/>
       <c r="H622"/>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="B623" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="C623" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="D623" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="E623">
         <v>1</v>
       </c>
       <c r="F623" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G623"/>
       <c r="H623"/>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="B624" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="C624" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="D624" t="s">
-        <v>1277</v>
+        <v>1249</v>
       </c>
       <c r="E624">
         <v>1</v>
       </c>
       <c r="F624" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G624"/>
       <c r="H624"/>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" t="s">
         <v>1278</v>
       </c>
       <c r="B625" t="s">
         <v>1279</v>
       </c>
       <c r="C625" t="s">
-        <v>1247</v>
-[...3 lines deleted...]
-      </c>
+        <v>1245</v>
+      </c>
+      <c r="D625"/>
       <c r="E625">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F625"/>
       <c r="G625"/>
       <c r="H625"/>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" t="s">
         <v>1280</v>
       </c>
       <c r="B626" t="s">
         <v>1281</v>
       </c>
       <c r="C626" t="s">
-        <v>1247</v>
-[...1 lines deleted...]
-      <c r="D626"/>
+        <v>1245</v>
+      </c>
+      <c r="D626" t="s">
+        <v>1246</v>
+      </c>
       <c r="E626">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F626"/>
+        <v>1</v>
+      </c>
+      <c r="F626" t="s">
+        <v>591</v>
+      </c>
       <c r="G626"/>
       <c r="H626"/>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" t="s">
         <v>1282</v>
       </c>
       <c r="B627" t="s">
         <v>1283</v>
       </c>
       <c r="C627" t="s">
-        <v>1247</v>
-[...3 lines deleted...]
-      </c>
+        <v>1245</v>
+      </c>
+      <c r="D627"/>
       <c r="E627">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F627"/>
       <c r="G627"/>
       <c r="H627"/>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" t="s">
         <v>1284</v>
       </c>
       <c r="B628" t="s">
         <v>1285</v>
       </c>
       <c r="C628" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="D628"/>
       <c r="E628">
         <v>0</v>
       </c>
       <c r="F628"/>
       <c r="G628"/>
       <c r="H628"/>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" t="s">
         <v>1286</v>
       </c>
       <c r="B629" t="s">
         <v>1287</v>
       </c>
       <c r="C629" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="D629"/>
       <c r="E629">
         <v>0</v>
       </c>
       <c r="F629"/>
       <c r="G629"/>
       <c r="H629"/>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" t="s">
         <v>1288</v>
       </c>
       <c r="B630" t="s">
         <v>1289</v>
       </c>
       <c r="C630" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="D630"/>
       <c r="E630">
         <v>0</v>
       </c>
       <c r="F630"/>
       <c r="G630"/>
       <c r="H630"/>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" t="s">
         <v>1290</v>
       </c>
       <c r="B631" t="s">
         <v>1291</v>
       </c>
       <c r="C631" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="D631"/>
       <c r="E631">
         <v>0</v>
       </c>
       <c r="F631"/>
       <c r="G631"/>
       <c r="H631"/>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" t="s">
         <v>1292</v>
       </c>
       <c r="B632" t="s">
         <v>1293</v>
       </c>
       <c r="C632" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="D632"/>
       <c r="E632">
         <v>0</v>
       </c>
       <c r="F632"/>
       <c r="G632"/>
       <c r="H632"/>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" t="s">
         <v>1294</v>
       </c>
       <c r="B633" t="s">
         <v>1295</v>
       </c>
       <c r="C633" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="D633"/>
       <c r="E633">
         <v>0</v>
       </c>
       <c r="F633"/>
       <c r="G633"/>
       <c r="H633"/>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" t="s">
         <v>1296</v>
       </c>
       <c r="B634" t="s">
         <v>1297</v>
       </c>
       <c r="C634" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="D634"/>
       <c r="E634">
         <v>0</v>
       </c>
       <c r="F634"/>
       <c r="G634"/>
       <c r="H634"/>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" t="s">
         <v>1298</v>
       </c>
       <c r="B635" t="s">
         <v>1299</v>
       </c>
       <c r="C635" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="D635"/>
       <c r="E635">
         <v>0</v>
       </c>
       <c r="F635"/>
       <c r="G635"/>
       <c r="H635"/>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" t="s">
         <v>1300</v>
       </c>
       <c r="B636" t="s">
         <v>1301</v>
       </c>
       <c r="C636" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="D636"/>
       <c r="E636">
         <v>0</v>
       </c>
       <c r="F636"/>
       <c r="G636"/>
       <c r="H636"/>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" t="s">
         <v>1302</v>
       </c>
       <c r="B637" t="s">
         <v>1303</v>
       </c>
       <c r="C637" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="D637"/>
       <c r="E637">
         <v>0</v>
       </c>
       <c r="F637"/>
       <c r="G637"/>
       <c r="H637"/>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
         <v>1304</v>
       </c>
       <c r="B638" t="s">
         <v>1305</v>
       </c>
       <c r="C638" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="D638"/>
       <c r="E638">
         <v>0</v>
       </c>
       <c r="F638"/>
       <c r="G638"/>
       <c r="H638"/>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
         <v>1306</v>
       </c>
       <c r="B639" t="s">
         <v>1307</v>
       </c>
       <c r="C639" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="D639"/>
       <c r="E639">
         <v>0</v>
       </c>
       <c r="F639"/>
       <c r="G639"/>
       <c r="H639"/>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" t="s">
         <v>1308</v>
       </c>
       <c r="B640" t="s">
         <v>1309</v>
       </c>
       <c r="C640" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="D640"/>
       <c r="E640">
         <v>0</v>
       </c>
       <c r="F640"/>
       <c r="G640"/>
       <c r="H640"/>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" t="s">
         <v>1310</v>
       </c>
       <c r="B641" t="s">
         <v>1311</v>
       </c>
       <c r="C641" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="D641"/>
       <c r="E641">
         <v>0</v>
       </c>
       <c r="F641"/>
       <c r="G641"/>
       <c r="H641"/>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" t="s">
         <v>1312</v>
       </c>
       <c r="B642" t="s">
         <v>1313</v>
       </c>
       <c r="C642" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="D642"/>
       <c r="E642">
         <v>0</v>
       </c>
       <c r="F642"/>
       <c r="G642"/>
       <c r="H642"/>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" t="s">
         <v>1314</v>
       </c>
       <c r="B643" t="s">
         <v>1315</v>
       </c>
       <c r="C643" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="D643"/>
       <c r="E643">
         <v>0</v>
       </c>
       <c r="F643"/>
       <c r="G643"/>
       <c r="H643"/>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" t="s">
         <v>1316</v>
       </c>
       <c r="B644" t="s">
         <v>1317</v>
       </c>
       <c r="C644" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="D644"/>
       <c r="E644">
         <v>0</v>
       </c>
       <c r="F644"/>
       <c r="G644"/>
       <c r="H644"/>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" t="s">
         <v>1318</v>
       </c>
       <c r="B645" t="s">
         <v>1319</v>
       </c>
       <c r="C645" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="D645"/>
       <c r="E645">
         <v>0</v>
       </c>
       <c r="F645"/>
       <c r="G645"/>
       <c r="H645"/>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" t="s">
         <v>1320</v>
       </c>
       <c r="B646" t="s">
         <v>1321</v>
       </c>
       <c r="C646" t="s">
-        <v>1247</v>
+        <v>1322</v>
       </c>
       <c r="D646"/>
       <c r="E646">
         <v>0</v>
       </c>
       <c r="F646"/>
       <c r="G646"/>
       <c r="H646"/>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B647" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C647" t="s">
         <v>1322</v>
-      </c>
-[...4 lines deleted...]
-        <v>1324</v>
       </c>
       <c r="D647"/>
       <c r="E647">
         <v>0</v>
       </c>
       <c r="F647"/>
       <c r="G647"/>
       <c r="H647"/>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" t="s">
         <v>1325</v>
       </c>
       <c r="B648" t="s">
         <v>1326</v>
       </c>
       <c r="C648" t="s">
-        <v>1324</v>
+        <v>1322</v>
       </c>
       <c r="D648"/>
       <c r="E648">
         <v>0</v>
       </c>
       <c r="F648"/>
       <c r="G648"/>
       <c r="H648"/>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" t="s">
         <v>1327</v>
       </c>
       <c r="B649" t="s">
         <v>1328</v>
       </c>
       <c r="C649" t="s">
-        <v>1324</v>
+        <v>1322</v>
       </c>
       <c r="D649"/>
       <c r="E649">
         <v>0</v>
       </c>
       <c r="F649"/>
       <c r="G649"/>
       <c r="H649"/>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" t="s">
         <v>1329</v>
       </c>
       <c r="B650" t="s">
         <v>1330</v>
       </c>
       <c r="C650" t="s">
-        <v>1324</v>
-[...1 lines deleted...]
-      <c r="D650"/>
+        <v>1322</v>
+      </c>
+      <c r="D650" t="s">
+        <v>1331</v>
+      </c>
       <c r="E650">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F650"/>
+        <v>1</v>
+      </c>
+      <c r="F650" t="s">
+        <v>591</v>
+      </c>
       <c r="G650"/>
       <c r="H650"/>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="B651" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="C651" t="s">
-        <v>1324</v>
-[...3 lines deleted...]
-      </c>
+        <v>1322</v>
+      </c>
+      <c r="D651"/>
       <c r="E651">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F651"/>
       <c r="G651"/>
       <c r="H651"/>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" t="s">
         <v>1334</v>
       </c>
       <c r="B652" t="s">
         <v>1335</v>
       </c>
       <c r="C652" t="s">
-        <v>1324</v>
-[...1 lines deleted...]
-      <c r="D652"/>
+        <v>1322</v>
+      </c>
+      <c r="D652" t="s">
+        <v>1331</v>
+      </c>
       <c r="E652">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F652"/>
+        <v>1</v>
+      </c>
+      <c r="F652" t="s">
+        <v>591</v>
+      </c>
       <c r="G652"/>
       <c r="H652"/>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" t="s">
         <v>1336</v>
       </c>
       <c r="B653" t="s">
         <v>1337</v>
       </c>
       <c r="C653" t="s">
-        <v>1324</v>
+        <v>1322</v>
       </c>
       <c r="D653" t="s">
-        <v>1333</v>
+        <v>1331</v>
       </c>
       <c r="E653">
         <v>1</v>
       </c>
       <c r="F653" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G653"/>
       <c r="H653"/>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" t="s">
         <v>1338</v>
       </c>
       <c r="B654" t="s">
         <v>1339</v>
       </c>
       <c r="C654" t="s">
-        <v>1324</v>
-[...3 lines deleted...]
-      </c>
+        <v>1322</v>
+      </c>
+      <c r="D654"/>
       <c r="E654">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F654"/>
       <c r="G654"/>
       <c r="H654"/>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" t="s">
         <v>1340</v>
       </c>
       <c r="B655" t="s">
         <v>1341</v>
       </c>
       <c r="C655" t="s">
-        <v>1324</v>
+        <v>1322</v>
       </c>
       <c r="D655"/>
       <c r="E655">
         <v>0</v>
       </c>
       <c r="F655"/>
       <c r="G655"/>
       <c r="H655"/>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" t="s">
         <v>1342</v>
       </c>
       <c r="B656" t="s">
         <v>1343</v>
       </c>
       <c r="C656" t="s">
-        <v>1324</v>
-[...1 lines deleted...]
-      <c r="D656"/>
+        <v>1322</v>
+      </c>
+      <c r="D656" t="s">
+        <v>1331</v>
+      </c>
       <c r="E656">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F656"/>
+        <v>1</v>
+      </c>
+      <c r="F656" t="s">
+        <v>591</v>
+      </c>
       <c r="G656"/>
       <c r="H656"/>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" t="s">
         <v>1344</v>
       </c>
       <c r="B657" t="s">
         <v>1345</v>
       </c>
       <c r="C657" t="s">
-        <v>1324</v>
-[...3 lines deleted...]
-      </c>
+        <v>1322</v>
+      </c>
+      <c r="D657"/>
       <c r="E657">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F657"/>
       <c r="G657"/>
       <c r="H657"/>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" t="s">
         <v>1346</v>
       </c>
       <c r="B658" t="s">
         <v>1347</v>
       </c>
       <c r="C658" t="s">
-        <v>1324</v>
-[...1 lines deleted...]
-      <c r="D658"/>
+        <v>1322</v>
+      </c>
+      <c r="D658" t="s">
+        <v>1348</v>
+      </c>
       <c r="E658">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F658"/>
+        <v>1</v>
+      </c>
+      <c r="F658" t="s">
+        <v>591</v>
+      </c>
       <c r="G658"/>
       <c r="H658"/>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
       <c r="B659" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="C659" t="s">
-        <v>1324</v>
-[...3 lines deleted...]
-      </c>
+        <v>1322</v>
+      </c>
+      <c r="D659"/>
       <c r="E659">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F659"/>
       <c r="G659"/>
       <c r="H659"/>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" t="s">
         <v>1351</v>
       </c>
       <c r="B660" t="s">
         <v>1352</v>
       </c>
       <c r="C660" t="s">
-        <v>1324</v>
+        <v>1322</v>
       </c>
       <c r="D660"/>
       <c r="E660">
         <v>0</v>
       </c>
       <c r="F660"/>
       <c r="G660"/>
       <c r="H660"/>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" t="s">
         <v>1353</v>
       </c>
       <c r="B661" t="s">
         <v>1354</v>
       </c>
       <c r="C661" t="s">
-        <v>1324</v>
-[...1 lines deleted...]
-      <c r="D661"/>
+        <v>1322</v>
+      </c>
+      <c r="D661" t="s">
+        <v>1348</v>
+      </c>
       <c r="E661">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F661"/>
+        <v>1</v>
+      </c>
+      <c r="F661" t="s">
+        <v>591</v>
+      </c>
       <c r="G661"/>
       <c r="H661"/>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" t="s">
         <v>1355</v>
       </c>
       <c r="B662" t="s">
         <v>1356</v>
       </c>
       <c r="C662" t="s">
-        <v>1324</v>
-[...3 lines deleted...]
-      </c>
+        <v>1322</v>
+      </c>
+      <c r="D662"/>
       <c r="E662">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F662"/>
       <c r="G662"/>
       <c r="H662"/>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" t="s">
         <v>1357</v>
       </c>
       <c r="B663" t="s">
         <v>1358</v>
       </c>
       <c r="C663" t="s">
-        <v>1324</v>
+        <v>1322</v>
       </c>
       <c r="D663"/>
       <c r="E663">
         <v>0</v>
       </c>
       <c r="F663"/>
       <c r="G663"/>
       <c r="H663"/>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" t="s">
         <v>1359</v>
       </c>
       <c r="B664" t="s">
         <v>1360</v>
       </c>
       <c r="C664" t="s">
-        <v>1324</v>
+        <v>1322</v>
       </c>
       <c r="D664"/>
       <c r="E664">
         <v>0</v>
       </c>
       <c r="F664"/>
       <c r="G664"/>
       <c r="H664"/>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" t="s">
         <v>1361</v>
       </c>
       <c r="B665" t="s">
         <v>1362</v>
       </c>
       <c r="C665" t="s">
-        <v>1324</v>
+        <v>1322</v>
       </c>
       <c r="D665"/>
       <c r="E665">
         <v>0</v>
       </c>
       <c r="F665"/>
       <c r="G665"/>
       <c r="H665"/>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
         <v>1363</v>
       </c>
       <c r="B666" t="s">
         <v>1364</v>
       </c>
       <c r="C666" t="s">
-        <v>1324</v>
+        <v>1322</v>
       </c>
       <c r="D666"/>
       <c r="E666">
         <v>0</v>
       </c>
       <c r="F666"/>
       <c r="G666"/>
       <c r="H666"/>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
         <v>1365</v>
       </c>
       <c r="B667" t="s">
         <v>1366</v>
       </c>
       <c r="C667" t="s">
-        <v>1324</v>
+        <v>1322</v>
       </c>
       <c r="D667"/>
       <c r="E667">
         <v>0</v>
       </c>
       <c r="F667"/>
       <c r="G667"/>
       <c r="H667"/>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
         <v>1367</v>
       </c>
       <c r="B668" t="s">
         <v>1368</v>
       </c>
       <c r="C668" t="s">
-        <v>1324</v>
+        <v>1322</v>
       </c>
       <c r="D668"/>
       <c r="E668">
         <v>0</v>
       </c>
       <c r="F668"/>
       <c r="G668"/>
       <c r="H668"/>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
         <v>1369</v>
       </c>
       <c r="B669" t="s">
         <v>1370</v>
       </c>
       <c r="C669" t="s">
-        <v>1324</v>
+        <v>1322</v>
       </c>
       <c r="D669"/>
       <c r="E669">
         <v>0</v>
       </c>
       <c r="F669"/>
       <c r="G669"/>
       <c r="H669"/>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
         <v>1371</v>
       </c>
       <c r="B670" t="s">
         <v>1372</v>
       </c>
       <c r="C670" t="s">
-        <v>1324</v>
-[...1 lines deleted...]
-      <c r="D670"/>
+        <v>1322</v>
+      </c>
+      <c r="D670" t="s">
+        <v>1348</v>
+      </c>
       <c r="E670">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F670"/>
+        <v>1</v>
+      </c>
+      <c r="F670" t="s">
+        <v>591</v>
+      </c>
       <c r="G670"/>
       <c r="H670"/>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" t="s">
         <v>1373</v>
       </c>
       <c r="B671" t="s">
         <v>1374</v>
       </c>
       <c r="C671" t="s">
-        <v>1324</v>
-[...3 lines deleted...]
-      </c>
+        <v>1322</v>
+      </c>
+      <c r="D671"/>
       <c r="E671">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F671"/>
       <c r="G671"/>
       <c r="H671"/>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" t="s">
         <v>1375</v>
       </c>
       <c r="B672" t="s">
         <v>1376</v>
       </c>
       <c r="C672" t="s">
-        <v>1324</v>
+        <v>1322</v>
       </c>
       <c r="D672"/>
       <c r="E672">
         <v>0</v>
       </c>
       <c r="F672"/>
       <c r="G672"/>
       <c r="H672"/>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" t="s">
         <v>1377</v>
       </c>
       <c r="B673" t="s">
         <v>1378</v>
       </c>
       <c r="C673" t="s">
-        <v>1324</v>
+        <v>1322</v>
       </c>
       <c r="D673"/>
       <c r="E673">
         <v>0</v>
       </c>
       <c r="F673"/>
       <c r="G673"/>
       <c r="H673"/>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" t="s">
         <v>1379</v>
       </c>
       <c r="B674" t="s">
         <v>1380</v>
       </c>
       <c r="C674" t="s">
-        <v>1324</v>
+        <v>1322</v>
       </c>
       <c r="D674"/>
       <c r="E674">
         <v>0</v>
       </c>
       <c r="F674"/>
       <c r="G674"/>
       <c r="H674"/>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
         <v>1381</v>
       </c>
       <c r="B675" t="s">
         <v>1382</v>
       </c>
       <c r="C675" t="s">
-        <v>1324</v>
-[...1 lines deleted...]
-      <c r="D675"/>
+        <v>1322</v>
+      </c>
+      <c r="D675" t="s">
+        <v>1383</v>
+      </c>
       <c r="E675">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F675"/>
+        <v>1</v>
+      </c>
+      <c r="F675" t="s">
+        <v>591</v>
+      </c>
       <c r="G675"/>
       <c r="H675"/>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
       <c r="B676" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="C676" t="s">
-        <v>1324</v>
-[...3 lines deleted...]
-      </c>
+        <v>1322</v>
+      </c>
+      <c r="D676"/>
       <c r="E676">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F676"/>
       <c r="G676"/>
       <c r="H676"/>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" t="s">
         <v>1386</v>
       </c>
       <c r="B677" t="s">
         <v>1387</v>
       </c>
       <c r="C677" t="s">
-        <v>1324</v>
+        <v>1322</v>
       </c>
       <c r="D677"/>
       <c r="E677">
         <v>0</v>
       </c>
       <c r="F677"/>
       <c r="G677"/>
       <c r="H677"/>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" t="s">
         <v>1388</v>
       </c>
       <c r="B678" t="s">
         <v>1389</v>
       </c>
       <c r="C678" t="s">
-        <v>1324</v>
+        <v>1322</v>
       </c>
       <c r="D678"/>
       <c r="E678">
         <v>0</v>
       </c>
       <c r="F678"/>
       <c r="G678"/>
       <c r="H678"/>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" t="s">
         <v>1390</v>
       </c>
       <c r="B679" t="s">
         <v>1391</v>
       </c>
       <c r="C679" t="s">
-        <v>1324</v>
+        <v>1322</v>
       </c>
       <c r="D679"/>
       <c r="E679">
         <v>0</v>
       </c>
       <c r="F679"/>
       <c r="G679"/>
       <c r="H679"/>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" t="s">
         <v>1392</v>
       </c>
       <c r="B680" t="s">
         <v>1393</v>
       </c>
       <c r="C680" t="s">
-        <v>1324</v>
-[...1 lines deleted...]
-      <c r="D680"/>
+        <v>1322</v>
+      </c>
+      <c r="D680" t="s">
+        <v>1331</v>
+      </c>
       <c r="E680">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F680"/>
+        <v>1</v>
+      </c>
+      <c r="F680" t="s">
+        <v>591</v>
+      </c>
       <c r="G680"/>
       <c r="H680"/>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" t="s">
         <v>1394</v>
       </c>
       <c r="B681" t="s">
         <v>1395</v>
       </c>
       <c r="C681" t="s">
-        <v>1324</v>
+        <v>1322</v>
       </c>
       <c r="D681" t="s">
-        <v>1333</v>
+        <v>1348</v>
       </c>
       <c r="E681">
         <v>1</v>
       </c>
       <c r="F681" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G681"/>
       <c r="H681"/>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" t="s">
         <v>1396</v>
       </c>
       <c r="B682" t="s">
         <v>1397</v>
       </c>
       <c r="C682" t="s">
-        <v>1324</v>
-[...3 lines deleted...]
-      </c>
+        <v>1398</v>
+      </c>
+      <c r="D682"/>
       <c r="E682">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F682"/>
       <c r="G682"/>
       <c r="H682"/>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" t="s">
+        <v>1399</v>
+      </c>
+      <c r="B683" t="s">
+        <v>1400</v>
+      </c>
+      <c r="C683" t="s">
         <v>1398</v>
-      </c>
-[...4 lines deleted...]
-        <v>1400</v>
       </c>
       <c r="D683"/>
       <c r="E683">
         <v>0</v>
       </c>
       <c r="F683"/>
       <c r="G683"/>
       <c r="H683"/>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" t="s">
         <v>1401</v>
       </c>
       <c r="B684" t="s">
         <v>1402</v>
       </c>
       <c r="C684" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="D684"/>
       <c r="E684">
         <v>0</v>
       </c>
       <c r="F684"/>
       <c r="G684"/>
       <c r="H684"/>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" t="s">
         <v>1403</v>
       </c>
       <c r="B685" t="s">
         <v>1404</v>
       </c>
       <c r="C685" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="D685"/>
       <c r="E685">
         <v>0</v>
       </c>
       <c r="F685"/>
       <c r="G685"/>
       <c r="H685"/>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" t="s">
         <v>1405</v>
       </c>
       <c r="B686" t="s">
         <v>1406</v>
       </c>
       <c r="C686" t="s">
-        <v>1400</v>
-[...1 lines deleted...]
-      <c r="D686"/>
+        <v>1398</v>
+      </c>
+      <c r="D686" t="s">
+        <v>1272</v>
+      </c>
       <c r="E686">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F686"/>
+        <v>1</v>
+      </c>
+      <c r="F686" t="s">
+        <v>591</v>
+      </c>
       <c r="G686"/>
       <c r="H686"/>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" t="s">
         <v>1407</v>
       </c>
       <c r="B687" t="s">
         <v>1408</v>
       </c>
       <c r="C687" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="D687" t="s">
-        <v>1274</v>
+        <v>1272</v>
       </c>
       <c r="E687">
         <v>1</v>
       </c>
       <c r="F687" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G687"/>
       <c r="H687"/>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" t="s">
         <v>1409</v>
       </c>
       <c r="B688" t="s">
         <v>1410</v>
       </c>
       <c r="C688" t="s">
-        <v>1400</v>
-[...3 lines deleted...]
-      </c>
+        <v>1398</v>
+      </c>
+      <c r="D688"/>
       <c r="E688">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F688"/>
       <c r="G688"/>
       <c r="H688"/>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" t="s">
         <v>1411</v>
       </c>
       <c r="B689" t="s">
         <v>1412</v>
       </c>
       <c r="C689" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="D689"/>
       <c r="E689">
         <v>0</v>
       </c>
       <c r="F689"/>
       <c r="G689"/>
       <c r="H689"/>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" t="s">
         <v>1413</v>
       </c>
       <c r="B690" t="s">
         <v>1414</v>
       </c>
       <c r="C690" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="D690"/>
       <c r="E690">
         <v>0</v>
       </c>
       <c r="F690"/>
       <c r="G690"/>
       <c r="H690"/>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" t="s">
         <v>1415</v>
       </c>
       <c r="B691" t="s">
         <v>1416</v>
       </c>
       <c r="C691" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="D691"/>
       <c r="E691">
         <v>0</v>
       </c>
       <c r="F691"/>
       <c r="G691"/>
       <c r="H691"/>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" t="s">
         <v>1417</v>
       </c>
       <c r="B692" t="s">
         <v>1418</v>
       </c>
       <c r="C692" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="D692"/>
       <c r="E692">
         <v>0</v>
       </c>
       <c r="F692"/>
       <c r="G692"/>
       <c r="H692"/>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" t="s">
         <v>1419</v>
       </c>
       <c r="B693" t="s">
         <v>1420</v>
       </c>
       <c r="C693" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="D693"/>
       <c r="E693">
         <v>0</v>
       </c>
       <c r="F693"/>
       <c r="G693"/>
       <c r="H693"/>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" t="s">
         <v>1421</v>
       </c>
       <c r="B694" t="s">
         <v>1422</v>
       </c>
       <c r="C694" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="D694"/>
       <c r="E694">
         <v>0</v>
       </c>
       <c r="F694"/>
       <c r="G694"/>
       <c r="H694"/>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" t="s">
         <v>1423</v>
       </c>
       <c r="B695" t="s">
         <v>1424</v>
       </c>
       <c r="C695" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="D695"/>
       <c r="E695">
         <v>0</v>
       </c>
       <c r="F695"/>
       <c r="G695"/>
       <c r="H695"/>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" t="s">
         <v>1425</v>
       </c>
       <c r="B696" t="s">
         <v>1426</v>
       </c>
       <c r="C696" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="D696"/>
       <c r="E696">
         <v>0</v>
       </c>
       <c r="F696"/>
       <c r="G696"/>
       <c r="H696"/>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" t="s">
         <v>1427</v>
       </c>
       <c r="B697" t="s">
         <v>1428</v>
       </c>
       <c r="C697" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="D697"/>
       <c r="E697">
         <v>0</v>
       </c>
       <c r="F697"/>
       <c r="G697"/>
       <c r="H697"/>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" t="s">
         <v>1429</v>
       </c>
       <c r="B698" t="s">
         <v>1430</v>
       </c>
       <c r="C698" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="D698"/>
       <c r="E698">
         <v>0</v>
       </c>
       <c r="F698"/>
       <c r="G698"/>
       <c r="H698"/>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" t="s">
         <v>1431</v>
       </c>
       <c r="B699" t="s">
         <v>1432</v>
       </c>
       <c r="C699" t="s">
-        <v>1400</v>
-[...1 lines deleted...]
-      <c r="D699"/>
+        <v>1398</v>
+      </c>
+      <c r="D699" t="s">
+        <v>1246</v>
+      </c>
       <c r="E699">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F699"/>
+        <v>1</v>
+      </c>
+      <c r="F699" t="s">
+        <v>591</v>
+      </c>
       <c r="G699"/>
       <c r="H699"/>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" t="s">
         <v>1433</v>
       </c>
       <c r="B700" t="s">
         <v>1434</v>
       </c>
       <c r="C700" t="s">
-        <v>1400</v>
-[...3 lines deleted...]
-      </c>
+        <v>1398</v>
+      </c>
+      <c r="D700"/>
       <c r="E700">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F700"/>
       <c r="G700"/>
       <c r="H700"/>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" t="s">
         <v>1435</v>
       </c>
       <c r="B701" t="s">
         <v>1436</v>
       </c>
       <c r="C701" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="D701"/>
       <c r="E701">
         <v>0</v>
       </c>
       <c r="F701"/>
       <c r="G701"/>
       <c r="H701"/>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" t="s">
         <v>1437</v>
       </c>
       <c r="B702" t="s">
         <v>1438</v>
       </c>
       <c r="C702" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="D702"/>
       <c r="E702">
         <v>0</v>
       </c>
       <c r="F702"/>
       <c r="G702"/>
       <c r="H702"/>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" t="s">
         <v>1439</v>
       </c>
       <c r="B703" t="s">
         <v>1440</v>
       </c>
       <c r="C703" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="D703"/>
       <c r="E703">
         <v>0</v>
       </c>
       <c r="F703"/>
       <c r="G703"/>
       <c r="H703"/>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" t="s">
         <v>1441</v>
       </c>
       <c r="B704" t="s">
         <v>1442</v>
       </c>
       <c r="C704" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="D704"/>
       <c r="E704">
         <v>0</v>
       </c>
       <c r="F704"/>
       <c r="G704"/>
       <c r="H704"/>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" t="s">
         <v>1443</v>
       </c>
       <c r="B705" t="s">
         <v>1444</v>
       </c>
       <c r="C705" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="D705"/>
       <c r="E705">
         <v>0</v>
       </c>
       <c r="F705"/>
       <c r="G705"/>
       <c r="H705"/>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" t="s">
         <v>1445</v>
       </c>
       <c r="B706" t="s">
         <v>1446</v>
       </c>
       <c r="C706" t="s">
-        <v>1400</v>
-[...1 lines deleted...]
-      <c r="D706"/>
+        <v>1398</v>
+      </c>
+      <c r="D706" t="s">
+        <v>1246</v>
+      </c>
       <c r="E706">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F706"/>
+        <v>1</v>
+      </c>
+      <c r="F706" t="s">
+        <v>591</v>
+      </c>
       <c r="G706"/>
       <c r="H706"/>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" t="s">
         <v>1447</v>
       </c>
       <c r="B707" t="s">
         <v>1448</v>
       </c>
       <c r="C707" t="s">
-        <v>1400</v>
-[...3 lines deleted...]
-      </c>
+        <v>1398</v>
+      </c>
+      <c r="D707"/>
       <c r="E707">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F707"/>
       <c r="G707"/>
       <c r="H707"/>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" t="s">
         <v>1449</v>
       </c>
       <c r="B708" t="s">
         <v>1450</v>
       </c>
       <c r="C708" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="D708"/>
       <c r="E708">
         <v>0</v>
       </c>
       <c r="F708"/>
       <c r="G708"/>
       <c r="H708"/>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" t="s">
         <v>1451</v>
       </c>
       <c r="B709" t="s">
         <v>1452</v>
       </c>
       <c r="C709" t="s">
-        <v>1400</v>
-[...1 lines deleted...]
-      <c r="D709"/>
+        <v>1398</v>
+      </c>
+      <c r="D709" t="s">
+        <v>1272</v>
+      </c>
       <c r="E709">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F709"/>
+        <v>1</v>
+      </c>
+      <c r="F709" t="s">
+        <v>591</v>
+      </c>
       <c r="G709"/>
       <c r="H709"/>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" t="s">
         <v>1453</v>
       </c>
       <c r="B710" t="s">
         <v>1454</v>
       </c>
       <c r="C710" t="s">
-        <v>1400</v>
-[...3 lines deleted...]
-      </c>
+        <v>1398</v>
+      </c>
+      <c r="D710"/>
       <c r="E710">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F710"/>
       <c r="G710"/>
       <c r="H710"/>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" t="s">
         <v>1455</v>
       </c>
       <c r="B711" t="s">
         <v>1456</v>
       </c>
       <c r="C711" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="D711"/>
       <c r="E711">
         <v>0</v>
       </c>
       <c r="F711"/>
       <c r="G711"/>
       <c r="H711"/>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" t="s">
         <v>1457</v>
       </c>
       <c r="B712" t="s">
         <v>1458</v>
       </c>
       <c r="C712" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="D712"/>
       <c r="E712">
         <v>0</v>
       </c>
       <c r="F712"/>
       <c r="G712"/>
       <c r="H712"/>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" t="s">
         <v>1459</v>
       </c>
       <c r="B713" t="s">
         <v>1460</v>
       </c>
       <c r="C713" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="D713"/>
       <c r="E713">
         <v>0</v>
       </c>
       <c r="F713"/>
       <c r="G713"/>
       <c r="H713"/>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" t="s">
         <v>1461</v>
       </c>
       <c r="B714" t="s">
         <v>1462</v>
       </c>
       <c r="C714" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="D714"/>
       <c r="E714">
         <v>0</v>
       </c>
       <c r="F714"/>
       <c r="G714"/>
       <c r="H714"/>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" t="s">
         <v>1463</v>
       </c>
       <c r="B715" t="s">
         <v>1464</v>
       </c>
       <c r="C715" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="D715"/>
       <c r="E715">
         <v>0</v>
       </c>
       <c r="F715"/>
       <c r="G715"/>
       <c r="H715"/>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" t="s">
         <v>1465</v>
       </c>
       <c r="B716" t="s">
         <v>1466</v>
       </c>
       <c r="C716" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="D716"/>
       <c r="E716">
         <v>0</v>
       </c>
       <c r="F716"/>
       <c r="G716"/>
       <c r="H716"/>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" t="s">
         <v>1467</v>
       </c>
       <c r="B717" t="s">
         <v>1468</v>
       </c>
       <c r="C717" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="D717"/>
       <c r="E717">
         <v>0</v>
       </c>
       <c r="F717"/>
       <c r="G717"/>
       <c r="H717"/>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" t="s">
         <v>1469</v>
       </c>
       <c r="B718" t="s">
         <v>1470</v>
       </c>
       <c r="C718" t="s">
-        <v>1400</v>
-[...1 lines deleted...]
-      <c r="D718"/>
+        <v>1471</v>
+      </c>
+      <c r="D718" t="s">
+        <v>1383</v>
+      </c>
       <c r="E718">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F718"/>
+        <v>1</v>
+      </c>
+      <c r="F718" t="s">
+        <v>591</v>
+      </c>
       <c r="G718"/>
       <c r="H718"/>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" t="s">
+        <v>1472</v>
+      </c>
+      <c r="B719" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C719" t="s">
         <v>1471</v>
       </c>
-      <c r="B719" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D719"/>
       <c r="E719">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F719"/>
       <c r="G719"/>
       <c r="H719"/>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" t="s">
         <v>1474</v>
       </c>
       <c r="B720" t="s">
         <v>1475</v>
       </c>
       <c r="C720" t="s">
-        <v>1473</v>
-[...1 lines deleted...]
-      <c r="D720"/>
+        <v>1471</v>
+      </c>
+      <c r="D720" t="s">
+        <v>1348</v>
+      </c>
       <c r="E720">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F720"/>
+        <v>1</v>
+      </c>
+      <c r="F720" t="s">
+        <v>591</v>
+      </c>
       <c r="G720"/>
       <c r="H720"/>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" t="s">
         <v>1476</v>
       </c>
       <c r="B721" t="s">
         <v>1477</v>
       </c>
       <c r="C721" t="s">
-        <v>1473</v>
-[...3 lines deleted...]
-      </c>
+        <v>1471</v>
+      </c>
+      <c r="D721"/>
       <c r="E721">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F721"/>
       <c r="G721"/>
       <c r="H721"/>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" t="s">
         <v>1478</v>
       </c>
       <c r="B722" t="s">
         <v>1479</v>
       </c>
       <c r="C722" t="s">
-        <v>1473</v>
+        <v>1471</v>
       </c>
       <c r="D722"/>
       <c r="E722">
         <v>0</v>
       </c>
       <c r="F722"/>
       <c r="G722"/>
       <c r="H722"/>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" t="s">
         <v>1480</v>
       </c>
       <c r="B723" t="s">
         <v>1481</v>
       </c>
       <c r="C723" t="s">
-        <v>1473</v>
+        <v>1471</v>
       </c>
       <c r="D723"/>
       <c r="E723">
         <v>0</v>
       </c>
       <c r="F723"/>
       <c r="G723"/>
       <c r="H723"/>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" t="s">
         <v>1482</v>
       </c>
       <c r="B724" t="s">
         <v>1483</v>
       </c>
       <c r="C724" t="s">
-        <v>1473</v>
-[...1 lines deleted...]
-      <c r="D724"/>
+        <v>1471</v>
+      </c>
+      <c r="D724" t="s">
+        <v>1331</v>
+      </c>
       <c r="E724">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F724"/>
+        <v>1</v>
+      </c>
+      <c r="F724" t="s">
+        <v>591</v>
+      </c>
       <c r="G724"/>
       <c r="H724"/>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" t="s">
         <v>1484</v>
       </c>
       <c r="B725" t="s">
         <v>1485</v>
       </c>
       <c r="C725" t="s">
-        <v>1473</v>
+        <v>1471</v>
       </c>
       <c r="D725" t="s">
-        <v>1333</v>
+        <v>1383</v>
       </c>
       <c r="E725">
         <v>1</v>
       </c>
       <c r="F725" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G725"/>
       <c r="H725"/>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" t="s">
         <v>1486</v>
       </c>
       <c r="B726" t="s">
         <v>1487</v>
       </c>
       <c r="C726" t="s">
-        <v>1473</v>
+        <v>1471</v>
       </c>
       <c r="D726" t="s">
-        <v>1385</v>
+        <v>1383</v>
       </c>
       <c r="E726">
         <v>1</v>
       </c>
       <c r="F726" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G726"/>
       <c r="H726"/>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" t="s">
         <v>1488</v>
       </c>
       <c r="B727" t="s">
         <v>1489</v>
       </c>
       <c r="C727" t="s">
-        <v>1473</v>
-[...3 lines deleted...]
-      </c>
+        <v>1471</v>
+      </c>
+      <c r="D727"/>
       <c r="E727">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F727"/>
       <c r="G727"/>
       <c r="H727"/>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" t="s">
         <v>1490</v>
       </c>
       <c r="B728" t="s">
         <v>1491</v>
       </c>
       <c r="C728" t="s">
-        <v>1473</v>
-[...1 lines deleted...]
-      <c r="D728"/>
+        <v>1471</v>
+      </c>
+      <c r="D728" t="s">
+        <v>1331</v>
+      </c>
       <c r="E728">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F728"/>
+        <v>1</v>
+      </c>
+      <c r="F728" t="s">
+        <v>591</v>
+      </c>
       <c r="G728"/>
       <c r="H728"/>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" t="s">
         <v>1492</v>
       </c>
       <c r="B729" t="s">
         <v>1493</v>
       </c>
       <c r="C729" t="s">
-        <v>1473</v>
+        <v>1471</v>
       </c>
       <c r="D729" t="s">
-        <v>1333</v>
+        <v>1383</v>
       </c>
       <c r="E729">
         <v>1</v>
       </c>
       <c r="F729" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G729"/>
       <c r="H729"/>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" t="s">
         <v>1494</v>
       </c>
       <c r="B730" t="s">
         <v>1495</v>
       </c>
       <c r="C730" t="s">
-        <v>1473</v>
-[...3 lines deleted...]
-      </c>
+        <v>1471</v>
+      </c>
+      <c r="D730"/>
       <c r="E730">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F730"/>
       <c r="G730"/>
       <c r="H730"/>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" t="s">
         <v>1496</v>
       </c>
       <c r="B731" t="s">
         <v>1497</v>
       </c>
       <c r="C731" t="s">
-        <v>1473</v>
+        <v>1471</v>
       </c>
       <c r="D731"/>
       <c r="E731">
         <v>0</v>
       </c>
       <c r="F731"/>
       <c r="G731"/>
       <c r="H731"/>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" t="s">
         <v>1498</v>
       </c>
       <c r="B732" t="s">
         <v>1499</v>
       </c>
       <c r="C732" t="s">
-        <v>1473</v>
+        <v>1471</v>
       </c>
       <c r="D732"/>
       <c r="E732">
         <v>0</v>
       </c>
       <c r="F732"/>
       <c r="G732"/>
       <c r="H732"/>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" t="s">
         <v>1500</v>
       </c>
       <c r="B733" t="s">
         <v>1501</v>
       </c>
       <c r="C733" t="s">
-        <v>1473</v>
+        <v>1471</v>
       </c>
       <c r="D733"/>
       <c r="E733">
         <v>0</v>
       </c>
       <c r="F733"/>
       <c r="G733"/>
       <c r="H733"/>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" t="s">
         <v>1502</v>
       </c>
       <c r="B734" t="s">
         <v>1503</v>
       </c>
       <c r="C734" t="s">
-        <v>1473</v>
-[...1 lines deleted...]
-      <c r="D734"/>
+        <v>1471</v>
+      </c>
+      <c r="D734" t="s">
+        <v>1331</v>
+      </c>
       <c r="E734">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F734"/>
+        <v>1</v>
+      </c>
+      <c r="F734" t="s">
+        <v>591</v>
+      </c>
       <c r="G734"/>
       <c r="H734"/>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" t="s">
         <v>1504</v>
       </c>
       <c r="B735" t="s">
         <v>1505</v>
       </c>
       <c r="C735" t="s">
-        <v>1473</v>
-[...3 lines deleted...]
-      </c>
+        <v>1471</v>
+      </c>
+      <c r="D735"/>
       <c r="E735">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F735"/>
       <c r="G735"/>
       <c r="H735"/>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" t="s">
         <v>1506</v>
       </c>
       <c r="B736" t="s">
         <v>1507</v>
       </c>
       <c r="C736" t="s">
-        <v>1473</v>
+        <v>1471</v>
       </c>
       <c r="D736"/>
       <c r="E736">
         <v>0</v>
       </c>
       <c r="F736"/>
       <c r="G736"/>
       <c r="H736"/>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" t="s">
         <v>1508</v>
       </c>
       <c r="B737" t="s">
         <v>1509</v>
       </c>
       <c r="C737" t="s">
-        <v>1473</v>
+        <v>1471</v>
       </c>
       <c r="D737"/>
       <c r="E737">
         <v>0</v>
       </c>
       <c r="F737"/>
       <c r="G737"/>
       <c r="H737"/>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" t="s">
         <v>1510</v>
       </c>
       <c r="B738" t="s">
         <v>1511</v>
       </c>
       <c r="C738" t="s">
-        <v>1473</v>
-[...1 lines deleted...]
-      <c r="D738"/>
+        <v>1471</v>
+      </c>
+      <c r="D738" t="s">
+        <v>1348</v>
+      </c>
       <c r="E738">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F738"/>
+        <v>1</v>
+      </c>
+      <c r="F738" t="s">
+        <v>591</v>
+      </c>
       <c r="G738"/>
       <c r="H738"/>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" t="s">
         <v>1512</v>
       </c>
       <c r="B739" t="s">
         <v>1513</v>
       </c>
       <c r="C739" t="s">
-        <v>1473</v>
-[...3 lines deleted...]
-      </c>
+        <v>1471</v>
+      </c>
+      <c r="D739"/>
       <c r="E739">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F739"/>
       <c r="G739"/>
       <c r="H739"/>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" t="s">
         <v>1514</v>
       </c>
       <c r="B740" t="s">
         <v>1515</v>
       </c>
       <c r="C740" t="s">
-        <v>1473</v>
+        <v>1471</v>
       </c>
       <c r="D740"/>
       <c r="E740">
         <v>0</v>
       </c>
       <c r="F740"/>
       <c r="G740"/>
       <c r="H740"/>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" t="s">
         <v>1516</v>
       </c>
       <c r="B741" t="s">
         <v>1517</v>
       </c>
       <c r="C741" t="s">
-        <v>1473</v>
-[...1 lines deleted...]
-      <c r="D741"/>
+        <v>1471</v>
+      </c>
+      <c r="D741" t="s">
+        <v>1348</v>
+      </c>
       <c r="E741">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F741"/>
+        <v>1</v>
+      </c>
+      <c r="F741" t="s">
+        <v>591</v>
+      </c>
       <c r="G741"/>
       <c r="H741"/>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" t="s">
         <v>1518</v>
       </c>
       <c r="B742" t="s">
         <v>1519</v>
       </c>
       <c r="C742" t="s">
-        <v>1473</v>
+        <v>1471</v>
       </c>
       <c r="D742" t="s">
-        <v>1350</v>
+        <v>1383</v>
       </c>
       <c r="E742">
         <v>1</v>
       </c>
       <c r="F742" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G742"/>
       <c r="H742"/>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" t="s">
         <v>1520</v>
       </c>
       <c r="B743" t="s">
         <v>1521</v>
       </c>
       <c r="C743" t="s">
-        <v>1473</v>
-[...3 lines deleted...]
-      </c>
+        <v>1471</v>
+      </c>
+      <c r="D743"/>
       <c r="E743">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F743"/>
       <c r="G743"/>
       <c r="H743"/>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" t="s">
         <v>1522</v>
       </c>
       <c r="B744" t="s">
         <v>1523</v>
       </c>
       <c r="C744" t="s">
-        <v>1473</v>
+        <v>1471</v>
       </c>
       <c r="D744"/>
       <c r="E744">
         <v>0</v>
       </c>
       <c r="F744"/>
       <c r="G744"/>
       <c r="H744"/>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" t="s">
         <v>1524</v>
       </c>
       <c r="B745" t="s">
         <v>1525</v>
       </c>
       <c r="C745" t="s">
-        <v>1473</v>
+        <v>1471</v>
       </c>
       <c r="D745"/>
       <c r="E745">
         <v>0</v>
       </c>
       <c r="F745"/>
       <c r="G745"/>
       <c r="H745"/>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" t="s">
         <v>1526</v>
       </c>
       <c r="B746" t="s">
         <v>1527</v>
       </c>
       <c r="C746" t="s">
-        <v>1473</v>
-[...1 lines deleted...]
-      <c r="D746"/>
+        <v>1471</v>
+      </c>
+      <c r="D746" t="s">
+        <v>1348</v>
+      </c>
       <c r="E746">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F746"/>
+        <v>1</v>
+      </c>
+      <c r="F746" t="s">
+        <v>591</v>
+      </c>
       <c r="G746"/>
       <c r="H746"/>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" t="s">
         <v>1528</v>
       </c>
       <c r="B747" t="s">
         <v>1529</v>
       </c>
       <c r="C747" t="s">
-        <v>1473</v>
-[...3 lines deleted...]
-      </c>
+        <v>1471</v>
+      </c>
+      <c r="D747"/>
       <c r="E747">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F747"/>
       <c r="G747"/>
       <c r="H747"/>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" t="s">
         <v>1530</v>
       </c>
       <c r="B748" t="s">
         <v>1531</v>
       </c>
       <c r="C748" t="s">
-        <v>1473</v>
+        <v>1471</v>
       </c>
       <c r="D748"/>
       <c r="E748">
         <v>0</v>
       </c>
       <c r="F748"/>
       <c r="G748"/>
       <c r="H748"/>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" t="s">
         <v>1532</v>
       </c>
       <c r="B749" t="s">
         <v>1533</v>
       </c>
       <c r="C749" t="s">
-        <v>1473</v>
-[...1 lines deleted...]
-      <c r="D749"/>
+        <v>1471</v>
+      </c>
+      <c r="D749" t="s">
+        <v>1383</v>
+      </c>
       <c r="E749">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F749"/>
+        <v>1</v>
+      </c>
+      <c r="F749" t="s">
+        <v>591</v>
+      </c>
       <c r="G749"/>
       <c r="H749"/>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" t="s">
         <v>1534</v>
       </c>
       <c r="B750" t="s">
         <v>1535</v>
       </c>
       <c r="C750" t="s">
-        <v>1473</v>
+        <v>1471</v>
       </c>
       <c r="D750" t="s">
-        <v>1385</v>
+        <v>1331</v>
       </c>
       <c r="E750">
         <v>1</v>
       </c>
       <c r="F750" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G750"/>
       <c r="H750"/>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" t="s">
         <v>1536</v>
       </c>
       <c r="B751" t="s">
         <v>1537</v>
       </c>
       <c r="C751" t="s">
-        <v>1473</v>
-[...3 lines deleted...]
-      </c>
+        <v>1471</v>
+      </c>
+      <c r="D751"/>
       <c r="E751">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F751"/>
       <c r="G751"/>
       <c r="H751"/>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" t="s">
         <v>1538</v>
       </c>
       <c r="B752" t="s">
         <v>1539</v>
       </c>
       <c r="C752" t="s">
-        <v>1473</v>
+        <v>1471</v>
       </c>
       <c r="D752"/>
       <c r="E752">
         <v>0</v>
       </c>
       <c r="F752"/>
       <c r="G752"/>
       <c r="H752"/>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" t="s">
         <v>1540</v>
       </c>
       <c r="B753" t="s">
         <v>1541</v>
       </c>
       <c r="C753" t="s">
-        <v>1473</v>
+        <v>1471</v>
       </c>
       <c r="D753"/>
       <c r="E753">
         <v>0</v>
       </c>
       <c r="F753"/>
       <c r="G753"/>
       <c r="H753"/>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" t="s">
         <v>1542</v>
       </c>
       <c r="B754" t="s">
         <v>1543</v>
       </c>
       <c r="C754" t="s">
-        <v>1473</v>
+        <v>1544</v>
       </c>
       <c r="D754"/>
       <c r="E754">
         <v>0</v>
       </c>
       <c r="F754"/>
       <c r="G754"/>
       <c r="H754"/>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" t="s">
+        <v>1545</v>
+      </c>
+      <c r="B755" t="s">
+        <v>1546</v>
+      </c>
+      <c r="C755" t="s">
         <v>1544</v>
-      </c>
-[...4 lines deleted...]
-        <v>1546</v>
       </c>
       <c r="D755"/>
       <c r="E755">
         <v>0</v>
       </c>
       <c r="F755"/>
       <c r="G755"/>
       <c r="H755"/>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" t="s">
         <v>1547</v>
       </c>
       <c r="B756" t="s">
         <v>1548</v>
       </c>
       <c r="C756" t="s">
-        <v>1546</v>
+        <v>1544</v>
       </c>
       <c r="D756"/>
       <c r="E756">
         <v>0</v>
       </c>
       <c r="F756"/>
       <c r="G756"/>
       <c r="H756"/>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" t="s">
         <v>1549</v>
       </c>
       <c r="B757" t="s">
         <v>1550</v>
       </c>
       <c r="C757" t="s">
-        <v>1546</v>
-[...1 lines deleted...]
-      <c r="D757"/>
+        <v>1544</v>
+      </c>
+      <c r="D757" t="s">
+        <v>1383</v>
+      </c>
       <c r="E757">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F757"/>
+        <v>1</v>
+      </c>
+      <c r="F757" t="s">
+        <v>591</v>
+      </c>
       <c r="G757"/>
       <c r="H757"/>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" t="s">
         <v>1551</v>
       </c>
       <c r="B758" t="s">
         <v>1552</v>
       </c>
       <c r="C758" t="s">
-        <v>1546</v>
-[...3 lines deleted...]
-      </c>
+        <v>1544</v>
+      </c>
+      <c r="D758"/>
       <c r="E758">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F758"/>
       <c r="G758"/>
       <c r="H758"/>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" t="s">
         <v>1553</v>
       </c>
       <c r="B759" t="s">
         <v>1554</v>
       </c>
       <c r="C759" t="s">
-        <v>1546</v>
+        <v>1544</v>
       </c>
       <c r="D759"/>
       <c r="E759">
         <v>0</v>
       </c>
       <c r="F759"/>
       <c r="G759"/>
       <c r="H759"/>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" t="s">
         <v>1555</v>
       </c>
       <c r="B760" t="s">
         <v>1556</v>
       </c>
       <c r="C760" t="s">
-        <v>1546</v>
+        <v>1544</v>
       </c>
       <c r="D760"/>
       <c r="E760">
         <v>0</v>
       </c>
       <c r="F760"/>
       <c r="G760"/>
       <c r="H760"/>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" t="s">
         <v>1557</v>
       </c>
       <c r="B761" t="s">
         <v>1558</v>
       </c>
       <c r="C761" t="s">
-        <v>1546</v>
-[...1 lines deleted...]
-      <c r="D761"/>
+        <v>1544</v>
+      </c>
+      <c r="D761" t="s">
+        <v>1348</v>
+      </c>
       <c r="E761">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F761"/>
+        <v>1</v>
+      </c>
+      <c r="F761" t="s">
+        <v>591</v>
+      </c>
       <c r="G761"/>
       <c r="H761"/>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" t="s">
         <v>1559</v>
       </c>
       <c r="B762" t="s">
         <v>1560</v>
       </c>
       <c r="C762" t="s">
-        <v>1546</v>
-[...3 lines deleted...]
-      </c>
+        <v>1544</v>
+      </c>
+      <c r="D762"/>
       <c r="E762">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F762"/>
       <c r="G762"/>
       <c r="H762"/>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" t="s">
         <v>1561</v>
       </c>
       <c r="B763" t="s">
         <v>1562</v>
       </c>
       <c r="C763" t="s">
-        <v>1546</v>
+        <v>1544</v>
       </c>
       <c r="D763"/>
       <c r="E763">
         <v>0</v>
       </c>
       <c r="F763"/>
       <c r="G763"/>
       <c r="H763"/>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" t="s">
         <v>1563</v>
       </c>
       <c r="B764" t="s">
         <v>1564</v>
       </c>
       <c r="C764" t="s">
-        <v>1546</v>
-[...1 lines deleted...]
-      <c r="D764"/>
+        <v>1544</v>
+      </c>
+      <c r="D764" t="s">
+        <v>1331</v>
+      </c>
       <c r="E764">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F764"/>
+        <v>1</v>
+      </c>
+      <c r="F764" t="s">
+        <v>591</v>
+      </c>
       <c r="G764"/>
       <c r="H764"/>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" t="s">
         <v>1565</v>
       </c>
       <c r="B765" t="s">
         <v>1566</v>
       </c>
       <c r="C765" t="s">
-        <v>1546</v>
+        <v>1544</v>
       </c>
       <c r="D765" t="s">
-        <v>1333</v>
+        <v>1331</v>
       </c>
       <c r="E765">
         <v>1</v>
       </c>
       <c r="F765" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G765"/>
       <c r="H765"/>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" t="s">
         <v>1567</v>
       </c>
       <c r="B766" t="s">
         <v>1568</v>
       </c>
       <c r="C766" t="s">
-        <v>1546</v>
+        <v>1544</v>
       </c>
       <c r="D766" t="s">
-        <v>1333</v>
+        <v>1348</v>
       </c>
       <c r="E766">
         <v>1</v>
       </c>
       <c r="F766" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G766"/>
       <c r="H766"/>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" t="s">
         <v>1569</v>
       </c>
       <c r="B767" t="s">
         <v>1570</v>
       </c>
       <c r="C767" t="s">
-        <v>1546</v>
-[...3 lines deleted...]
-      </c>
+        <v>1544</v>
+      </c>
+      <c r="D767"/>
       <c r="E767">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F767"/>
       <c r="G767"/>
       <c r="H767"/>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" t="s">
         <v>1571</v>
       </c>
       <c r="B768" t="s">
         <v>1572</v>
       </c>
       <c r="C768" t="s">
-        <v>1546</v>
+        <v>1544</v>
       </c>
       <c r="D768"/>
       <c r="E768">
         <v>0</v>
       </c>
       <c r="F768"/>
       <c r="G768"/>
       <c r="H768"/>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" t="s">
         <v>1573</v>
       </c>
       <c r="B769" t="s">
         <v>1574</v>
       </c>
       <c r="C769" t="s">
-        <v>1546</v>
+        <v>1544</v>
       </c>
       <c r="D769"/>
       <c r="E769">
         <v>0</v>
       </c>
       <c r="F769"/>
       <c r="G769"/>
       <c r="H769"/>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" t="s">
         <v>1575</v>
       </c>
       <c r="B770" t="s">
         <v>1576</v>
       </c>
       <c r="C770" t="s">
-        <v>1546</v>
+        <v>1544</v>
       </c>
       <c r="D770"/>
       <c r="E770">
         <v>0</v>
       </c>
       <c r="F770"/>
       <c r="G770"/>
       <c r="H770"/>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" t="s">
         <v>1577</v>
       </c>
       <c r="B771" t="s">
         <v>1578</v>
       </c>
       <c r="C771" t="s">
-        <v>1546</v>
+        <v>1544</v>
       </c>
       <c r="D771"/>
       <c r="E771">
         <v>0</v>
       </c>
       <c r="F771"/>
       <c r="G771"/>
       <c r="H771"/>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" t="s">
         <v>1579</v>
       </c>
       <c r="B772" t="s">
         <v>1580</v>
       </c>
       <c r="C772" t="s">
-        <v>1546</v>
+        <v>1544</v>
       </c>
       <c r="D772"/>
       <c r="E772">
         <v>0</v>
       </c>
       <c r="F772"/>
       <c r="G772"/>
       <c r="H772"/>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" t="s">
         <v>1581</v>
       </c>
       <c r="B773" t="s">
         <v>1582</v>
       </c>
       <c r="C773" t="s">
-        <v>1546</v>
+        <v>1544</v>
       </c>
       <c r="D773"/>
       <c r="E773">
         <v>0</v>
       </c>
       <c r="F773"/>
       <c r="G773"/>
       <c r="H773"/>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" t="s">
         <v>1583</v>
       </c>
       <c r="B774" t="s">
         <v>1584</v>
       </c>
       <c r="C774" t="s">
-        <v>1546</v>
+        <v>1544</v>
       </c>
       <c r="D774"/>
       <c r="E774">
         <v>0</v>
       </c>
       <c r="F774"/>
       <c r="G774"/>
       <c r="H774"/>
     </row>
     <row r="775" spans="1:8">
       <c r="A775" t="s">
         <v>1585</v>
       </c>
       <c r="B775" t="s">
         <v>1586</v>
       </c>
       <c r="C775" t="s">
-        <v>1546</v>
+        <v>1544</v>
       </c>
       <c r="D775"/>
       <c r="E775">
         <v>0</v>
       </c>
       <c r="F775"/>
       <c r="G775"/>
       <c r="H775"/>
     </row>
     <row r="776" spans="1:8">
       <c r="A776" t="s">
         <v>1587</v>
       </c>
       <c r="B776" t="s">
         <v>1588</v>
       </c>
       <c r="C776" t="s">
-        <v>1546</v>
+        <v>1544</v>
       </c>
       <c r="D776"/>
       <c r="E776">
         <v>0</v>
       </c>
       <c r="F776"/>
       <c r="G776"/>
       <c r="H776"/>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" t="s">
         <v>1589</v>
       </c>
       <c r="B777" t="s">
         <v>1590</v>
       </c>
       <c r="C777" t="s">
-        <v>1546</v>
+        <v>1544</v>
       </c>
       <c r="D777"/>
       <c r="E777">
         <v>0</v>
       </c>
       <c r="F777"/>
       <c r="G777"/>
       <c r="H777"/>
     </row>
     <row r="778" spans="1:8">
       <c r="A778" t="s">
         <v>1591</v>
       </c>
       <c r="B778" t="s">
         <v>1592</v>
       </c>
       <c r="C778" t="s">
-        <v>1546</v>
-[...1 lines deleted...]
-      <c r="D778"/>
+        <v>1544</v>
+      </c>
+      <c r="D778" t="s">
+        <v>1348</v>
+      </c>
       <c r="E778">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F778"/>
+        <v>1</v>
+      </c>
+      <c r="F778" t="s">
+        <v>591</v>
+      </c>
       <c r="G778"/>
       <c r="H778"/>
     </row>
     <row r="779" spans="1:8">
       <c r="A779" t="s">
         <v>1593</v>
       </c>
       <c r="B779" t="s">
         <v>1594</v>
       </c>
       <c r="C779" t="s">
-        <v>1546</v>
-[...3 lines deleted...]
-      </c>
+        <v>1544</v>
+      </c>
+      <c r="D779"/>
       <c r="E779">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F779"/>
       <c r="G779"/>
       <c r="H779"/>
     </row>
     <row r="780" spans="1:8">
       <c r="A780" t="s">
         <v>1595</v>
       </c>
       <c r="B780" t="s">
         <v>1596</v>
       </c>
       <c r="C780" t="s">
-        <v>1546</v>
+        <v>1544</v>
       </c>
       <c r="D780"/>
       <c r="E780">
         <v>0</v>
       </c>
       <c r="F780"/>
       <c r="G780"/>
       <c r="H780"/>
     </row>
     <row r="781" spans="1:8">
       <c r="A781" t="s">
         <v>1597</v>
       </c>
       <c r="B781" t="s">
         <v>1598</v>
       </c>
       <c r="C781" t="s">
-        <v>1546</v>
+        <v>1544</v>
       </c>
       <c r="D781"/>
       <c r="E781">
         <v>0</v>
       </c>
       <c r="F781"/>
       <c r="G781"/>
       <c r="H781"/>
     </row>
     <row r="782" spans="1:8">
       <c r="A782" t="s">
         <v>1599</v>
       </c>
       <c r="B782" t="s">
         <v>1600</v>
       </c>
       <c r="C782" t="s">
-        <v>1546</v>
+        <v>1544</v>
       </c>
       <c r="D782"/>
       <c r="E782">
         <v>0</v>
       </c>
       <c r="F782"/>
       <c r="G782"/>
       <c r="H782"/>
     </row>
     <row r="783" spans="1:8">
       <c r="A783" t="s">
         <v>1601</v>
       </c>
       <c r="B783" t="s">
         <v>1602</v>
       </c>
       <c r="C783" t="s">
-        <v>1546</v>
+        <v>1544</v>
       </c>
       <c r="D783"/>
       <c r="E783">
         <v>0</v>
       </c>
       <c r="F783"/>
       <c r="G783"/>
       <c r="H783"/>
     </row>
     <row r="784" spans="1:8">
       <c r="A784" t="s">
         <v>1603</v>
       </c>
       <c r="B784" t="s">
         <v>1604</v>
       </c>
       <c r="C784" t="s">
-        <v>1546</v>
+        <v>1544</v>
       </c>
       <c r="D784"/>
       <c r="E784">
         <v>0</v>
       </c>
       <c r="F784"/>
       <c r="G784"/>
       <c r="H784"/>
     </row>
     <row r="785" spans="1:8">
       <c r="A785" t="s">
         <v>1605</v>
       </c>
       <c r="B785" t="s">
         <v>1606</v>
       </c>
       <c r="C785" t="s">
-        <v>1546</v>
+        <v>1544</v>
       </c>
       <c r="D785"/>
       <c r="E785">
         <v>0</v>
       </c>
       <c r="F785"/>
       <c r="G785"/>
       <c r="H785"/>
     </row>
     <row r="786" spans="1:8">
       <c r="A786" t="s">
         <v>1607</v>
       </c>
       <c r="B786" t="s">
         <v>1608</v>
       </c>
       <c r="C786" t="s">
-        <v>1546</v>
-[...1 lines deleted...]
-      <c r="D786"/>
+        <v>1544</v>
+      </c>
+      <c r="D786" t="s">
+        <v>1331</v>
+      </c>
       <c r="E786">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F786"/>
+        <v>1</v>
+      </c>
+      <c r="F786" t="s">
+        <v>591</v>
+      </c>
       <c r="G786"/>
       <c r="H786"/>
     </row>
     <row r="787" spans="1:8">
       <c r="A787" t="s">
         <v>1609</v>
       </c>
       <c r="B787" t="s">
         <v>1610</v>
       </c>
       <c r="C787" t="s">
-        <v>1546</v>
-[...3 lines deleted...]
-      </c>
+        <v>1544</v>
+      </c>
+      <c r="D787"/>
       <c r="E787">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F787"/>
       <c r="G787"/>
       <c r="H787"/>
     </row>
     <row r="788" spans="1:8">
       <c r="A788" t="s">
         <v>1611</v>
       </c>
       <c r="B788" t="s">
         <v>1612</v>
       </c>
       <c r="C788" t="s">
-        <v>1546</v>
+        <v>1544</v>
       </c>
       <c r="D788"/>
       <c r="E788">
         <v>0</v>
       </c>
       <c r="F788"/>
       <c r="G788"/>
       <c r="H788"/>
     </row>
     <row r="789" spans="1:8">
       <c r="A789" t="s">
         <v>1613</v>
       </c>
       <c r="B789" t="s">
         <v>1614</v>
       </c>
       <c r="C789" t="s">
-        <v>1546</v>
+        <v>1544</v>
       </c>
       <c r="D789"/>
       <c r="E789">
         <v>0</v>
       </c>
       <c r="F789"/>
       <c r="G789"/>
       <c r="H789"/>
     </row>
     <row r="790" spans="1:8">
       <c r="A790" t="s">
         <v>1615</v>
       </c>
       <c r="B790" t="s">
         <v>1616</v>
       </c>
       <c r="C790" t="s">
-        <v>1546</v>
+        <v>1617</v>
       </c>
       <c r="D790"/>
       <c r="E790">
         <v>0</v>
       </c>
       <c r="F790"/>
       <c r="G790"/>
       <c r="H790"/>
     </row>
     <row r="791" spans="1:8">
       <c r="A791" t="s">
+        <v>1618</v>
+      </c>
+      <c r="B791" t="s">
+        <v>1619</v>
+      </c>
+      <c r="C791" t="s">
         <v>1617</v>
-      </c>
-[...4 lines deleted...]
-        <v>1619</v>
       </c>
       <c r="D791"/>
       <c r="E791">
         <v>0</v>
       </c>
       <c r="F791"/>
       <c r="G791"/>
       <c r="H791"/>
     </row>
     <row r="792" spans="1:8">
       <c r="A792" t="s">
         <v>1620</v>
       </c>
       <c r="B792" t="s">
         <v>1621</v>
       </c>
       <c r="C792" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="D792"/>
       <c r="E792">
         <v>0</v>
       </c>
       <c r="F792"/>
       <c r="G792"/>
       <c r="H792"/>
     </row>
     <row r="793" spans="1:8">
       <c r="A793" t="s">
         <v>1622</v>
       </c>
       <c r="B793" t="s">
         <v>1623</v>
       </c>
       <c r="C793" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="D793"/>
       <c r="E793">
         <v>0</v>
       </c>
       <c r="F793"/>
       <c r="G793"/>
       <c r="H793"/>
     </row>
     <row r="794" spans="1:8">
       <c r="A794" t="s">
         <v>1624</v>
       </c>
       <c r="B794" t="s">
         <v>1625</v>
       </c>
       <c r="C794" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="D794"/>
       <c r="E794">
         <v>0</v>
       </c>
       <c r="F794"/>
       <c r="G794"/>
       <c r="H794"/>
     </row>
     <row r="795" spans="1:8">
       <c r="A795" t="s">
         <v>1626</v>
       </c>
       <c r="B795" t="s">
         <v>1627</v>
       </c>
       <c r="C795" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="D795"/>
       <c r="E795">
         <v>0</v>
       </c>
       <c r="F795"/>
       <c r="G795"/>
       <c r="H795"/>
     </row>
     <row r="796" spans="1:8">
       <c r="A796" t="s">
         <v>1628</v>
       </c>
       <c r="B796" t="s">
         <v>1629</v>
       </c>
       <c r="C796" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="D796"/>
       <c r="E796">
         <v>0</v>
       </c>
       <c r="F796"/>
       <c r="G796"/>
       <c r="H796"/>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" t="s">
         <v>1630</v>
       </c>
       <c r="B797" t="s">
         <v>1631</v>
       </c>
       <c r="C797" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="D797"/>
       <c r="E797">
         <v>0</v>
       </c>
       <c r="F797"/>
       <c r="G797"/>
       <c r="H797"/>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" t="s">
         <v>1632</v>
       </c>
       <c r="B798" t="s">
         <v>1633</v>
       </c>
       <c r="C798" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="D798"/>
       <c r="E798">
         <v>0</v>
       </c>
       <c r="F798"/>
       <c r="G798"/>
       <c r="H798"/>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" t="s">
         <v>1634</v>
       </c>
       <c r="B799" t="s">
         <v>1635</v>
       </c>
       <c r="C799" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="D799"/>
       <c r="E799">
         <v>0</v>
       </c>
       <c r="F799"/>
       <c r="G799"/>
       <c r="H799"/>
     </row>
     <row r="800" spans="1:8">
       <c r="A800" t="s">
         <v>1636</v>
       </c>
       <c r="B800" t="s">
         <v>1637</v>
       </c>
       <c r="C800" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="D800"/>
       <c r="E800">
         <v>0</v>
       </c>
       <c r="F800"/>
       <c r="G800"/>
       <c r="H800"/>
     </row>
     <row r="801" spans="1:8">
       <c r="A801" t="s">
         <v>1638</v>
       </c>
       <c r="B801" t="s">
         <v>1639</v>
       </c>
       <c r="C801" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="D801"/>
       <c r="E801">
         <v>0</v>
       </c>
       <c r="F801"/>
       <c r="G801"/>
       <c r="H801"/>
     </row>
     <row r="802" spans="1:8">
       <c r="A802" t="s">
         <v>1640</v>
       </c>
       <c r="B802" t="s">
         <v>1641</v>
       </c>
       <c r="C802" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="D802"/>
       <c r="E802">
         <v>0</v>
       </c>
       <c r="F802"/>
       <c r="G802"/>
       <c r="H802"/>
     </row>
     <row r="803" spans="1:8">
       <c r="A803" t="s">
         <v>1642</v>
       </c>
       <c r="B803" t="s">
         <v>1643</v>
       </c>
       <c r="C803" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="D803"/>
       <c r="E803">
         <v>0</v>
       </c>
       <c r="F803"/>
       <c r="G803"/>
       <c r="H803"/>
     </row>
     <row r="804" spans="1:8">
       <c r="A804" t="s">
         <v>1644</v>
       </c>
       <c r="B804" t="s">
         <v>1645</v>
       </c>
       <c r="C804" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="D804"/>
       <c r="E804">
         <v>0</v>
       </c>
       <c r="F804"/>
       <c r="G804"/>
       <c r="H804"/>
     </row>
     <row r="805" spans="1:8">
       <c r="A805" t="s">
         <v>1646</v>
       </c>
       <c r="B805" t="s">
         <v>1647</v>
       </c>
       <c r="C805" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="D805"/>
       <c r="E805">
         <v>0</v>
       </c>
       <c r="F805"/>
       <c r="G805"/>
       <c r="H805"/>
     </row>
     <row r="806" spans="1:8">
       <c r="A806" t="s">
         <v>1648</v>
       </c>
       <c r="B806" t="s">
         <v>1649</v>
       </c>
       <c r="C806" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="D806"/>
       <c r="E806">
         <v>0</v>
       </c>
       <c r="F806"/>
       <c r="G806"/>
       <c r="H806"/>
     </row>
     <row r="807" spans="1:8">
       <c r="A807" t="s">
         <v>1650</v>
       </c>
       <c r="B807" t="s">
         <v>1651</v>
       </c>
       <c r="C807" t="s">
-        <v>1619</v>
-[...1 lines deleted...]
-      <c r="D807"/>
+        <v>1617</v>
+      </c>
+      <c r="D807" t="s">
+        <v>1275</v>
+      </c>
       <c r="E807">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F807"/>
+        <v>1</v>
+      </c>
+      <c r="F807" t="s">
+        <v>591</v>
+      </c>
       <c r="G807"/>
       <c r="H807"/>
     </row>
     <row r="808" spans="1:8">
       <c r="A808" t="s">
         <v>1652</v>
       </c>
       <c r="B808" t="s">
         <v>1653</v>
       </c>
       <c r="C808" t="s">
-        <v>1619</v>
-[...3 lines deleted...]
-      </c>
+        <v>1617</v>
+      </c>
+      <c r="D808"/>
       <c r="E808">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F808"/>
       <c r="G808"/>
       <c r="H808"/>
     </row>
     <row r="809" spans="1:8">
       <c r="A809" t="s">
         <v>1654</v>
       </c>
       <c r="B809" t="s">
         <v>1655</v>
       </c>
       <c r="C809" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="D809"/>
       <c r="E809">
         <v>0</v>
       </c>
       <c r="F809"/>
       <c r="G809"/>
       <c r="H809"/>
     </row>
     <row r="810" spans="1:8">
       <c r="A810" t="s">
         <v>1656</v>
       </c>
       <c r="B810" t="s">
         <v>1657</v>
       </c>
       <c r="C810" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="D810"/>
       <c r="E810">
         <v>0</v>
       </c>
       <c r="F810"/>
       <c r="G810"/>
       <c r="H810"/>
     </row>
     <row r="811" spans="1:8">
       <c r="A811" t="s">
         <v>1658</v>
       </c>
       <c r="B811" t="s">
         <v>1659</v>
       </c>
       <c r="C811" t="s">
-        <v>1619</v>
-[...1 lines deleted...]
-      <c r="D811"/>
+        <v>1617</v>
+      </c>
+      <c r="D811" t="s">
+        <v>1275</v>
+      </c>
       <c r="E811">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F811"/>
+        <v>1</v>
+      </c>
+      <c r="F811" t="s">
+        <v>591</v>
+      </c>
       <c r="G811"/>
       <c r="H811"/>
     </row>
     <row r="812" spans="1:8">
       <c r="A812" t="s">
         <v>1660</v>
       </c>
       <c r="B812" t="s">
         <v>1661</v>
       </c>
       <c r="C812" t="s">
-        <v>1619</v>
-[...3 lines deleted...]
-      </c>
+        <v>1617</v>
+      </c>
+      <c r="D812"/>
       <c r="E812">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F812"/>
       <c r="G812"/>
       <c r="H812"/>
     </row>
     <row r="813" spans="1:8">
       <c r="A813" t="s">
         <v>1662</v>
       </c>
       <c r="B813" t="s">
         <v>1663</v>
       </c>
       <c r="C813" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="D813"/>
       <c r="E813">
         <v>0</v>
       </c>
       <c r="F813"/>
       <c r="G813"/>
       <c r="H813"/>
     </row>
     <row r="814" spans="1:8">
       <c r="A814" t="s">
         <v>1664</v>
       </c>
       <c r="B814" t="s">
         <v>1665</v>
       </c>
       <c r="C814" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="D814"/>
       <c r="E814">
         <v>0</v>
       </c>
       <c r="F814"/>
       <c r="G814"/>
       <c r="H814"/>
     </row>
     <row r="815" spans="1:8">
       <c r="A815" t="s">
         <v>1666</v>
       </c>
       <c r="B815" t="s">
         <v>1667</v>
       </c>
       <c r="C815" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="D815"/>
       <c r="E815">
         <v>0</v>
       </c>
       <c r="F815"/>
       <c r="G815"/>
       <c r="H815"/>
     </row>
     <row r="816" spans="1:8">
       <c r="A816" t="s">
         <v>1668</v>
       </c>
       <c r="B816" t="s">
         <v>1669</v>
       </c>
       <c r="C816" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="D816"/>
       <c r="E816">
         <v>0</v>
       </c>
       <c r="F816"/>
       <c r="G816"/>
       <c r="H816"/>
     </row>
     <row r="817" spans="1:8">
       <c r="A817" t="s">
         <v>1670</v>
       </c>
       <c r="B817" t="s">
         <v>1671</v>
       </c>
       <c r="C817" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="D817"/>
       <c r="E817">
         <v>0</v>
       </c>
       <c r="F817"/>
       <c r="G817"/>
       <c r="H817"/>
     </row>
     <row r="818" spans="1:8">
       <c r="A818" t="s">
         <v>1672</v>
       </c>
       <c r="B818" t="s">
         <v>1673</v>
       </c>
       <c r="C818" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="D818"/>
       <c r="E818">
         <v>0</v>
       </c>
       <c r="F818"/>
       <c r="G818"/>
       <c r="H818"/>
     </row>
     <row r="819" spans="1:8">
       <c r="A819" t="s">
         <v>1674</v>
       </c>
       <c r="B819" t="s">
         <v>1675</v>
       </c>
       <c r="C819" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="D819"/>
       <c r="E819">
         <v>0</v>
       </c>
       <c r="F819"/>
       <c r="G819"/>
       <c r="H819"/>
     </row>
     <row r="820" spans="1:8">
       <c r="A820" t="s">
         <v>1676</v>
       </c>
       <c r="B820" t="s">
         <v>1677</v>
       </c>
       <c r="C820" t="s">
-        <v>1619</v>
-[...1 lines deleted...]
-      <c r="D820"/>
+        <v>1617</v>
+      </c>
+      <c r="D820" t="s">
+        <v>1249</v>
+      </c>
       <c r="E820">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F820"/>
+        <v>1</v>
+      </c>
+      <c r="F820" t="s">
+        <v>591</v>
+      </c>
       <c r="G820"/>
       <c r="H820"/>
     </row>
     <row r="821" spans="1:8">
       <c r="A821" t="s">
         <v>1678</v>
       </c>
       <c r="B821" t="s">
         <v>1679</v>
       </c>
       <c r="C821" t="s">
-        <v>1619</v>
-[...3 lines deleted...]
-      </c>
+        <v>1617</v>
+      </c>
+      <c r="D821"/>
       <c r="E821">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F821"/>
       <c r="G821"/>
       <c r="H821"/>
     </row>
     <row r="822" spans="1:8">
       <c r="A822" t="s">
         <v>1680</v>
       </c>
       <c r="B822" t="s">
         <v>1681</v>
       </c>
       <c r="C822" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="D822"/>
       <c r="E822">
         <v>0</v>
       </c>
       <c r="F822"/>
       <c r="G822"/>
       <c r="H822"/>
     </row>
     <row r="823" spans="1:8">
       <c r="A823" t="s">
         <v>1682</v>
       </c>
       <c r="B823" t="s">
         <v>1683</v>
       </c>
       <c r="C823" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="D823"/>
       <c r="E823">
         <v>0</v>
       </c>
       <c r="F823"/>
       <c r="G823"/>
       <c r="H823"/>
     </row>
     <row r="824" spans="1:8">
       <c r="A824" t="s">
         <v>1684</v>
       </c>
       <c r="B824" t="s">
         <v>1685</v>
       </c>
       <c r="C824" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="D824"/>
       <c r="E824">
         <v>0</v>
       </c>
       <c r="F824"/>
       <c r="G824"/>
       <c r="H824"/>
     </row>
     <row r="825" spans="1:8">
       <c r="A825" t="s">
         <v>1686</v>
       </c>
       <c r="B825" t="s">
         <v>1687</v>
       </c>
       <c r="C825" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="D825"/>
       <c r="E825">
         <v>0</v>
       </c>
       <c r="F825"/>
       <c r="G825"/>
       <c r="H825"/>
     </row>
     <row r="826" spans="1:8">
       <c r="A826" t="s">
         <v>1688</v>
       </c>
       <c r="B826" t="s">
         <v>1689</v>
       </c>
       <c r="C826" t="s">
-        <v>1619</v>
+        <v>1690</v>
       </c>
       <c r="D826"/>
       <c r="E826">
         <v>0</v>
       </c>
       <c r="F826"/>
       <c r="G826"/>
       <c r="H826"/>
     </row>
     <row r="827" spans="1:8">
       <c r="A827" t="s">
+        <v>1691</v>
+      </c>
+      <c r="B827" t="s">
+        <v>1692</v>
+      </c>
+      <c r="C827" t="s">
         <v>1690</v>
-      </c>
-[...4 lines deleted...]
-        <v>1692</v>
       </c>
       <c r="D827"/>
       <c r="E827">
         <v>0</v>
       </c>
       <c r="F827"/>
       <c r="G827"/>
       <c r="H827"/>
     </row>
     <row r="828" spans="1:8">
       <c r="A828" t="s">
         <v>1693</v>
       </c>
       <c r="B828" t="s">
         <v>1694</v>
       </c>
       <c r="C828" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="D828"/>
       <c r="E828">
         <v>0</v>
       </c>
       <c r="F828"/>
       <c r="G828"/>
       <c r="H828"/>
     </row>
     <row r="829" spans="1:8">
       <c r="A829" t="s">
         <v>1695</v>
       </c>
       <c r="B829" t="s">
         <v>1696</v>
       </c>
       <c r="C829" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="D829"/>
       <c r="E829">
         <v>0</v>
       </c>
       <c r="F829"/>
       <c r="G829"/>
       <c r="H829"/>
     </row>
     <row r="830" spans="1:8">
       <c r="A830" t="s">
         <v>1697</v>
       </c>
       <c r="B830" t="s">
         <v>1698</v>
       </c>
       <c r="C830" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="D830"/>
       <c r="E830">
         <v>0</v>
       </c>
       <c r="F830"/>
       <c r="G830"/>
       <c r="H830"/>
     </row>
     <row r="831" spans="1:8">
       <c r="A831" t="s">
         <v>1699</v>
       </c>
       <c r="B831" t="s">
         <v>1700</v>
       </c>
       <c r="C831" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="D831"/>
       <c r="E831">
         <v>0</v>
       </c>
       <c r="F831"/>
       <c r="G831"/>
       <c r="H831"/>
     </row>
     <row r="832" spans="1:8">
       <c r="A832" t="s">
         <v>1701</v>
       </c>
       <c r="B832" t="s">
         <v>1702</v>
       </c>
       <c r="C832" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="D832"/>
       <c r="E832">
         <v>0</v>
       </c>
       <c r="F832"/>
       <c r="G832"/>
       <c r="H832"/>
     </row>
     <row r="833" spans="1:8">
       <c r="A833" t="s">
         <v>1703</v>
       </c>
       <c r="B833" t="s">
         <v>1704</v>
       </c>
       <c r="C833" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="D833"/>
       <c r="E833">
         <v>0</v>
       </c>
       <c r="F833"/>
       <c r="G833"/>
       <c r="H833"/>
     </row>
     <row r="834" spans="1:8">
       <c r="A834" t="s">
         <v>1705</v>
       </c>
       <c r="B834" t="s">
         <v>1706</v>
       </c>
       <c r="C834" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="D834"/>
       <c r="E834">
         <v>0</v>
       </c>
       <c r="F834"/>
       <c r="G834"/>
       <c r="H834"/>
     </row>
     <row r="835" spans="1:8">
       <c r="A835" t="s">
         <v>1707</v>
       </c>
       <c r="B835" t="s">
         <v>1708</v>
       </c>
       <c r="C835" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="D835"/>
       <c r="E835">
         <v>0</v>
       </c>
       <c r="F835"/>
       <c r="G835"/>
       <c r="H835"/>
     </row>
     <row r="836" spans="1:8">
       <c r="A836" t="s">
         <v>1709</v>
       </c>
       <c r="B836" t="s">
         <v>1710</v>
       </c>
       <c r="C836" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="D836"/>
       <c r="E836">
         <v>0</v>
       </c>
       <c r="F836"/>
       <c r="G836"/>
       <c r="H836"/>
     </row>
     <row r="837" spans="1:8">
       <c r="A837" t="s">
         <v>1711</v>
       </c>
       <c r="B837" t="s">
         <v>1712</v>
       </c>
       <c r="C837" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="D837"/>
       <c r="E837">
         <v>0</v>
       </c>
       <c r="F837"/>
       <c r="G837"/>
       <c r="H837"/>
     </row>
     <row r="838" spans="1:8">
       <c r="A838" t="s">
         <v>1713</v>
       </c>
       <c r="B838" t="s">
         <v>1714</v>
       </c>
       <c r="C838" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="D838"/>
       <c r="E838">
         <v>0</v>
       </c>
       <c r="F838"/>
       <c r="G838"/>
       <c r="H838"/>
     </row>
     <row r="839" spans="1:8">
       <c r="A839" t="s">
         <v>1715</v>
       </c>
       <c r="B839" t="s">
         <v>1716</v>
       </c>
       <c r="C839" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="D839"/>
       <c r="E839">
         <v>0</v>
       </c>
       <c r="F839"/>
       <c r="G839"/>
       <c r="H839"/>
     </row>
     <row r="840" spans="1:8">
       <c r="A840" t="s">
         <v>1717</v>
       </c>
       <c r="B840" t="s">
         <v>1718</v>
       </c>
       <c r="C840" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="D840"/>
       <c r="E840">
         <v>0</v>
       </c>
       <c r="F840"/>
       <c r="G840"/>
       <c r="H840"/>
     </row>
     <row r="841" spans="1:8">
       <c r="A841" t="s">
         <v>1719</v>
       </c>
       <c r="B841" t="s">
         <v>1720</v>
       </c>
       <c r="C841" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="D841"/>
       <c r="E841">
         <v>0</v>
       </c>
       <c r="F841"/>
       <c r="G841"/>
       <c r="H841"/>
     </row>
     <row r="842" spans="1:8">
       <c r="A842" t="s">
         <v>1721</v>
       </c>
       <c r="B842" t="s">
         <v>1722</v>
       </c>
       <c r="C842" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="D842"/>
       <c r="E842">
         <v>0</v>
       </c>
       <c r="F842"/>
       <c r="G842"/>
       <c r="H842"/>
     </row>
     <row r="843" spans="1:8">
       <c r="A843" t="s">
         <v>1723</v>
       </c>
       <c r="B843" t="s">
         <v>1724</v>
       </c>
       <c r="C843" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="D843"/>
       <c r="E843">
         <v>0</v>
       </c>
       <c r="F843"/>
       <c r="G843"/>
       <c r="H843"/>
     </row>
     <row r="844" spans="1:8">
       <c r="A844" t="s">
         <v>1725</v>
       </c>
       <c r="B844" t="s">
         <v>1726</v>
       </c>
       <c r="C844" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="D844"/>
       <c r="E844">
         <v>0</v>
       </c>
       <c r="F844"/>
       <c r="G844"/>
       <c r="H844"/>
     </row>
     <row r="845" spans="1:8">
       <c r="A845" t="s">
         <v>1727</v>
       </c>
       <c r="B845" t="s">
         <v>1728</v>
       </c>
       <c r="C845" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="D845"/>
       <c r="E845">
         <v>0</v>
       </c>
       <c r="F845"/>
       <c r="G845"/>
       <c r="H845"/>
     </row>
     <row r="846" spans="1:8">
       <c r="A846" t="s">
         <v>1729</v>
       </c>
       <c r="B846" t="s">
         <v>1730</v>
       </c>
       <c r="C846" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="D846"/>
       <c r="E846">
         <v>0</v>
       </c>
       <c r="F846"/>
       <c r="G846"/>
       <c r="H846"/>
     </row>
     <row r="847" spans="1:8">
       <c r="A847" t="s">
         <v>1731</v>
       </c>
       <c r="B847" t="s">
         <v>1732</v>
       </c>
       <c r="C847" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="D847"/>
       <c r="E847">
         <v>0</v>
       </c>
       <c r="F847"/>
       <c r="G847"/>
       <c r="H847"/>
     </row>
     <row r="848" spans="1:8">
       <c r="A848" t="s">
         <v>1733</v>
       </c>
       <c r="B848" t="s">
         <v>1734</v>
       </c>
       <c r="C848" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="D848"/>
       <c r="E848">
         <v>0</v>
       </c>
       <c r="F848"/>
       <c r="G848"/>
       <c r="H848"/>
     </row>
     <row r="849" spans="1:8">
       <c r="A849" t="s">
         <v>1735</v>
       </c>
       <c r="B849" t="s">
         <v>1736</v>
       </c>
       <c r="C849" t="s">
-        <v>1692</v>
-[...1 lines deleted...]
-      <c r="D849"/>
+        <v>1690</v>
+      </c>
+      <c r="D849" t="s">
+        <v>1272</v>
+      </c>
       <c r="E849">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F849"/>
+        <v>1</v>
+      </c>
+      <c r="F849" t="s">
+        <v>591</v>
+      </c>
       <c r="G849"/>
       <c r="H849"/>
     </row>
     <row r="850" spans="1:8">
       <c r="A850" t="s">
         <v>1737</v>
       </c>
       <c r="B850" t="s">
         <v>1738</v>
       </c>
       <c r="C850" t="s">
-        <v>1692</v>
-[...3 lines deleted...]
-      </c>
+        <v>1690</v>
+      </c>
+      <c r="D850"/>
       <c r="E850">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F850"/>
       <c r="G850"/>
       <c r="H850"/>
     </row>
     <row r="851" spans="1:8">
       <c r="A851" t="s">
         <v>1739</v>
       </c>
       <c r="B851" t="s">
         <v>1740</v>
       </c>
       <c r="C851" t="s">
-        <v>1692</v>
-[...1 lines deleted...]
-      <c r="D851"/>
+        <v>1690</v>
+      </c>
+      <c r="D851" t="s">
+        <v>1246</v>
+      </c>
       <c r="E851">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F851"/>
+        <v>1</v>
+      </c>
+      <c r="F851" t="s">
+        <v>591</v>
+      </c>
       <c r="G851"/>
       <c r="H851"/>
     </row>
     <row r="852" spans="1:8">
       <c r="A852" t="s">
         <v>1741</v>
       </c>
       <c r="B852" t="s">
         <v>1742</v>
       </c>
       <c r="C852" t="s">
-        <v>1692</v>
-[...3 lines deleted...]
-      </c>
+        <v>1690</v>
+      </c>
+      <c r="D852"/>
       <c r="E852">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F852"/>
       <c r="G852"/>
       <c r="H852"/>
     </row>
     <row r="853" spans="1:8">
       <c r="A853" t="s">
         <v>1743</v>
       </c>
       <c r="B853" t="s">
         <v>1744</v>
       </c>
       <c r="C853" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="D853"/>
       <c r="E853">
         <v>0</v>
       </c>
       <c r="F853"/>
       <c r="G853"/>
       <c r="H853"/>
     </row>
     <row r="854" spans="1:8">
       <c r="A854" t="s">
         <v>1745</v>
       </c>
       <c r="B854" t="s">
         <v>1746</v>
       </c>
       <c r="C854" t="s">
-        <v>1692</v>
-[...1 lines deleted...]
-      <c r="D854"/>
+        <v>1690</v>
+      </c>
+      <c r="D854" t="s">
+        <v>1249</v>
+      </c>
       <c r="E854">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F854"/>
+        <v>1</v>
+      </c>
+      <c r="F854" t="s">
+        <v>591</v>
+      </c>
       <c r="G854"/>
       <c r="H854"/>
     </row>
     <row r="855" spans="1:8">
       <c r="A855" t="s">
         <v>1747</v>
       </c>
       <c r="B855" t="s">
         <v>1748</v>
       </c>
       <c r="C855" t="s">
-        <v>1692</v>
-[...3 lines deleted...]
-      </c>
+        <v>1690</v>
+      </c>
+      <c r="D855"/>
       <c r="E855">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F855"/>
       <c r="G855"/>
       <c r="H855"/>
     </row>
     <row r="856" spans="1:8">
       <c r="A856" t="s">
         <v>1749</v>
       </c>
       <c r="B856" t="s">
         <v>1750</v>
       </c>
       <c r="C856" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="D856"/>
       <c r="E856">
         <v>0</v>
       </c>
       <c r="F856"/>
       <c r="G856"/>
       <c r="H856"/>
     </row>
     <row r="857" spans="1:8">
       <c r="A857" t="s">
         <v>1751</v>
       </c>
       <c r="B857" t="s">
         <v>1752</v>
       </c>
       <c r="C857" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="D857"/>
       <c r="E857">
         <v>0</v>
       </c>
       <c r="F857"/>
       <c r="G857"/>
       <c r="H857"/>
     </row>
     <row r="858" spans="1:8">
       <c r="A858" t="s">
         <v>1753</v>
       </c>
       <c r="B858" t="s">
         <v>1754</v>
       </c>
       <c r="C858" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="D858"/>
       <c r="E858">
         <v>0</v>
       </c>
       <c r="F858"/>
       <c r="G858"/>
       <c r="H858"/>
     </row>
     <row r="859" spans="1:8">
       <c r="A859" t="s">
         <v>1755</v>
       </c>
       <c r="B859" t="s">
         <v>1756</v>
       </c>
       <c r="C859" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="D859"/>
       <c r="E859">
         <v>0</v>
       </c>
       <c r="F859"/>
       <c r="G859"/>
       <c r="H859"/>
     </row>
     <row r="860" spans="1:8">
       <c r="A860" t="s">
         <v>1757</v>
       </c>
       <c r="B860" t="s">
         <v>1758</v>
       </c>
       <c r="C860" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="D860"/>
       <c r="E860">
         <v>0</v>
       </c>
       <c r="F860"/>
       <c r="G860"/>
       <c r="H860"/>
     </row>
     <row r="861" spans="1:8">
       <c r="A861" t="s">
         <v>1759</v>
       </c>
       <c r="B861" t="s">
         <v>1760</v>
       </c>
       <c r="C861" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="D861"/>
       <c r="E861">
         <v>0</v>
       </c>
       <c r="F861"/>
       <c r="G861"/>
       <c r="H861"/>
-    </row>
-[...16 lines deleted...]
-      <c r="H862"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>